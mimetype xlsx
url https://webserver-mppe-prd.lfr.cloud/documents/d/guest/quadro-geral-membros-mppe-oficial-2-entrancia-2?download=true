--- v0 (2025-11-04)
+++ v1 (2026-01-31)
@@ -1,77 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml" PartName="/xl/pivotCache/pivotCacheDefinition1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml" PartName="/xl/pivotTables/pivotTable1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml" PartName="/xl/pivotTables/pivotTable2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
   <workbookPr/>
   <sheets>
     <sheet state="visible" name="Quadro Geral" sheetId="1" r:id="rId3"/>
     <sheet state="visible" name="Plan1" sheetId="2" r:id="rId4"/>
     <sheet state="visible" name="Pivot Table 4" sheetId="3" r:id="rId5"/>
     <sheet state="visible" name="Totalizadores" sheetId="4" r:id="rId6"/>
   </sheets>
   <definedNames>
-    <definedName hidden="1" localSheetId="0" name="Z_B49A04E4_785B_49DC_AF6D_905B37653C33_.wvu.FilterData">'Quadro Geral'!$A$1:$S$348</definedName>
-    <definedName hidden="1" localSheetId="0" name="Z_D573F00F_8D31_4E05_87F5_4B46EB3A1CD4_.wvu.FilterData">'Quadro Geral'!$A$1:$S$348</definedName>
+    <definedName hidden="1" localSheetId="0" name="Z_17D3C0FD_9BC2_4AE8_81DE_7F93C4DEEB5F_.wvu.FilterData">'Quadro Geral'!$A$1:$S$348</definedName>
+    <definedName hidden="1" localSheetId="0" name="Z_836F3631_876B_4FC0_8130_3A0E7B97D9B4_.wvu.FilterData">'Quadro Geral'!$A$1:$S$348</definedName>
   </definedNames>
   <calcPr/>
   <customWorkbookViews>
-    <customWorkbookView activeSheetId="0" maximized="1" windowHeight="0" windowWidth="0" guid="{D573F00F-8D31-4E05-87F5-4B46EB3A1CD4}" name="katia.ribeiro - Modo de exibição pessoal"/>
-    <customWorkbookView activeSheetId="0" maximized="1" windowHeight="0" windowWidth="0" guid="{B49A04E4-785B-49DC-AF6D-905B37653C33}" name="raisaa - Modo de exibição pessoal"/>
+    <customWorkbookView activeSheetId="0" maximized="1" windowHeight="0" windowWidth="0" guid="{17D3C0FD-9BC2-4AE8-81DE-7F93C4DEEB5F}" name="katia.ribeiro - Modo de exibição pessoal"/>
+    <customWorkbookView activeSheetId="0" maximized="1" windowHeight="0" windowWidth="0" guid="{836F3631-876B-4FC0-8130-3A0E7B97D9B4}" name="raisaa - Modo de exibição pessoal"/>
   </customWorkbookViews>
   <pivotCaches>
     <pivotCache cacheId="0" r:id="rId7"/>
   </pivotCaches>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2039" uniqueCount="788">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2046" uniqueCount="800">
   <si>
     <t>nº</t>
   </si>
   <si>
     <t>Instância</t>
   </si>
   <si>
     <t>Entrância</t>
   </si>
   <si>
     <t>Município</t>
   </si>
   <si>
     <t>Cargo</t>
   </si>
   <si>
     <t>Atuação</t>
   </si>
   <si>
     <t>Lei/Ato de definição de atribuição</t>
   </si>
   <si>
     <t>Atribuição</t>
   </si>
   <si>
@@ -453,90 +454,95 @@
   <si>
     <t>RES-CPJ 11/2016 de 22/11/2016</t>
   </si>
   <si>
     <t>ROMERO TADEU BORJA DE MELO FILHO</t>
   </si>
   <si>
     <t>2.619/2024</t>
   </si>
   <si>
     <t>21/12/2023</t>
   </si>
   <si>
     <t>3772/2023</t>
   </si>
   <si>
     <t>Edital 04/2024 - Remoção</t>
   </si>
   <si>
     <t>WITALO RODRIGO DE LEMOS VASCONCELOS</t>
   </si>
   <si>
     <t>São José do Egito</t>
   </si>
   <si>
-    <t xml:space="preserve">1ª Vara </t>
-[...2 lines deleted...]
-    <t>LC nº 21/1998 e RES CPJ nº 004/2017</t>
+    <t>1ª Vara 
+Extrajudicial - Defesa dos Direitos das Fundações e entidades sociais, Meio Ambiente, Patrimônio Público, Consumidor, Habitação e Urbanismo, Controle Externo da Atividade Policial e Combate à Sonegação Fiscal</t>
+  </si>
+  <si>
+    <t>LC nº 21/1998 e RES CPJ nº 011/2025</t>
   </si>
   <si>
     <t>AURINILTON LEÃO CARLOS SOBRINHO</t>
   </si>
   <si>
     <t>964/2019</t>
   </si>
   <si>
     <t>2270/2018</t>
   </si>
   <si>
     <t>cargo transformado - renomeado</t>
   </si>
   <si>
     <t>ADRIANO CAMARGO VIEIRA</t>
   </si>
   <si>
-    <t>2ª Vara</t>
-[...2 lines deleted...]
-    <t>LC nº 354/2017 e Res-CPJ nº 004/2017</t>
+    <t>2ª Vara  
+Extrajudicial - Defesa da Infância e Juventude, Direitos Humanos, Saúde, Educação, Idoso e Controle Externo da Atividade Policial</t>
+  </si>
+  <si>
+    <t>LC nº 354/2017 e RES CPJ nº 011/2025</t>
   </si>
   <si>
     <t>18/09/2025</t>
   </si>
   <si>
     <t>3.079/2025</t>
   </si>
   <si>
     <t>22/10/2023</t>
   </si>
   <si>
     <t>3.673/2025</t>
   </si>
   <si>
     <t>cargo criado pela Resolução CPJ nº 004/2017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EDITAL 32/2025 REMOÇÃO </t>
   </si>
   <si>
     <t>MARCIO JOSÉ DA SILVA FREITAS</t>
   </si>
   <si>
     <t>Sertânia</t>
   </si>
   <si>
     <t>1ª Vara, Patrimônio Público, Meio Ambiente, Consumidor, Habitação e Urbanismo, Fundações e Combate à Sonegação Fiscal</t>
   </si>
   <si>
     <t>LC nº 21/1998 e RES CPJ 23/2024</t>
   </si>
   <si>
     <t>ANDRÉ JACINTO DE ALMEIDA NETO</t>
   </si>
   <si>
     <t>Promoção A</t>
   </si>
   <si>
     <t>369/2025</t>
   </si>
   <si>
     <t>056/2023</t>
   </si>
@@ -659,50 +665,53 @@
   <si>
     <t>Belo Jardim</t>
   </si>
   <si>
     <t xml:space="preserve">1ª Vara 
 Curadorias Extrajudiciais: Cidadania, Patrimônio Público e Social, Fundações e Entidades de Assistência Social e Sonegação Fiscal </t>
   </si>
   <si>
     <t>563/2023</t>
   </si>
   <si>
     <t>DANIEL DE ATAÍDE MARTINS</t>
   </si>
   <si>
     <t>2ª Vara 
 Curadorias Extrajudiciais: Meio Ambiente, Consumidor e Acidentes de Trabalho</t>
   </si>
   <si>
     <t>3771/2023</t>
   </si>
   <si>
     <t>SOPHIA WOLFOVITCH SPINOLA</t>
   </si>
   <si>
     <t>Vara Criminal de Belo Jardim, bem como para atuação extrajudicial no combate à sonegação fiscal e controle externo da atividade policial</t>
+  </si>
+  <si>
+    <t>LC nº 354/2017 e Res-CPJ nº 004/2017</t>
   </si>
   <si>
     <t>1.756/2025</t>
   </si>
   <si>
     <t>cargo criado pela Res. CPJ nº 004/2017</t>
   </si>
   <si>
     <t>Pesqueira</t>
   </si>
   <si>
     <t>Atribuições Judiciais: 1a Vara Cível e Centro Judiciário de Solução de Conflitos e Cidadania. Curadorias Extrajudiciais: Defesa dos direitos das Fundações, Meio Ambiente, Patrimônio Público, Consumidor e Habitação e Urbanismo.</t>
   </si>
   <si>
     <t xml:space="preserve">LC nº 21/1998 e Res-CPJ 008/2024 </t>
   </si>
   <si>
     <t>SÉRGIO ROBERTO ALMEIDA FELICIANO</t>
   </si>
   <si>
     <t>3770/2023</t>
   </si>
   <si>
     <t>2501/2022</t>
   </si>
@@ -985,220 +994,231 @@
   <si>
     <t>5º Promotor de Justiça Criminal</t>
   </si>
   <si>
     <t>2ª Vara Criminal de Garanhuns</t>
   </si>
   <si>
     <t>Altinho</t>
   </si>
   <si>
     <t>Remoção por Permuta</t>
   </si>
   <si>
     <t>141/1997</t>
   </si>
   <si>
     <t>3760/2023</t>
   </si>
   <si>
     <t>GEOVANY DE SÁ LEITE</t>
   </si>
   <si>
     <t>Bezerros</t>
   </si>
   <si>
+    <t>Feitos Cíveis e Criminais da 1ª Vara e Extrajudicial Curadorias do Controle Externo da Atividade  Policial e da Sonegação Fiscal</t>
+  </si>
+  <si>
+    <t>LC nº 21/1998 - RES CPJ 012/2025</t>
+  </si>
+  <si>
+    <t>FÁBIO HENRIQUE CAVALCANTI ESTEVAM</t>
+  </si>
+  <si>
+    <t>655/2022</t>
+  </si>
+  <si>
+    <t>2325/2017</t>
+  </si>
+  <si>
+    <t>GUILHERME VIEIRA CASTRO</t>
+  </si>
+  <si>
+    <t>Extrajudicial Residual- Curadorias de Fundações, Meio Ambiente, Patrimônio Público, Consumidor e Habitação e Urbanismo, Defesa dos Direitos Humanos, Saúde, Educação e Idoso, acompanhando as respectivas ações judiciais, em curso e a serem propostas</t>
+  </si>
+  <si>
+    <t>CRISLEY PATRICK TOSTES</t>
+  </si>
+  <si>
+    <t>3.766/2023</t>
+  </si>
+  <si>
+    <t>050/2023</t>
+  </si>
+  <si>
+    <t>FLÁVIO HENRIQUE SOUZA DOS SANTOS</t>
+  </si>
+  <si>
+    <t>Panelas</t>
+  </si>
+  <si>
+    <t>FILIPE WESLEY LEANDRO PINHEIRO DA SILVA</t>
+  </si>
+  <si>
+    <t>2334/2017</t>
+  </si>
+  <si>
+    <t>1225/2017</t>
+  </si>
+  <si>
+    <t>22/06/2017</t>
+  </si>
+  <si>
+    <t>ERNANDO JORGE MARZOLA</t>
+  </si>
+  <si>
+    <t>Santa Cruz do Capibaribe</t>
+  </si>
+  <si>
+    <t>2ª Vara Cível
+CEJUSC
+Curadorias Extrajudiciais: Infância e Juventude, Educação, Saúde e Idoso</t>
+  </si>
+  <si>
+    <t>Res-CPJ nº 009/2025</t>
+  </si>
+  <si>
+    <t>648/2022</t>
+  </si>
+  <si>
+    <t>LUCIO CARLOS MALTA CABRAL</t>
+  </si>
+  <si>
+    <t>1º Promotor de Justiça Criminal</t>
+  </si>
+  <si>
+    <t>1ª Vara Criminal
+Sessões Plenárias do Tribunal do Júri
+Curadorias Extrajudiciais: crimes contra a ordem tributária e no controle externo da atividade policial</t>
+  </si>
+  <si>
+    <t>ANDRÉ ÂNGELO DE ALMEIDA</t>
+  </si>
+  <si>
+    <t>768/2021</t>
+  </si>
+  <si>
+    <t>1429/2013</t>
+  </si>
+  <si>
+    <t>21/09/2013</t>
+  </si>
+  <si>
+    <t>HODIR FLÁVIO GUERRA LEITÃO DE MELO</t>
+  </si>
+  <si>
+    <t>1ª Vara Cível
+Vara da Fazenda Pública
+CEJUSC
+Curadorias Extrajudiciais: Patrimônio Público e Social, Fundações, Meio Ambiente, Habitação e Urbanismo, Consumidor e Cidadania Residual.</t>
+  </si>
+  <si>
+    <t>LC 73/2005 e Res-CPJ nº 009/2025</t>
+  </si>
+  <si>
+    <t>ARIANO TERCIO SILVA DE AGUIAR</t>
+  </si>
+  <si>
+    <t>409/2020</t>
+  </si>
+  <si>
+    <t>953/2019</t>
+  </si>
+  <si>
+    <t>CARLOS EUGÊNIO DO REGO BARROS QUINTAS LOPES</t>
+  </si>
+  <si>
+    <t>2º Promotor de Justiça Criminal</t>
+  </si>
+  <si>
+    <t>2ª Vara Criminal
+Sessões Plenárias do Tribunal do Júri
+Curadorias Extrajudiciais: crimes contra a ordem tributária e controle externo da atividade policial</t>
+  </si>
+  <si>
+    <t>LC 229/2013 e Res-CPJ nº 009/2025</t>
+  </si>
+  <si>
+    <t>IRON MIRANDA DOS ANJOS</t>
+  </si>
+  <si>
+    <t>1420/2013</t>
+  </si>
+  <si>
+    <t>São Caetano</t>
+  </si>
+  <si>
+    <t>JOÃO PAULO CARVALHO DOS SANTOS</t>
+  </si>
+  <si>
+    <t>3.075/2025</t>
+  </si>
+  <si>
+    <t>1.754/2025</t>
+  </si>
+  <si>
+    <t>LORENA DE MEDEIROS SANTOS</t>
+  </si>
+  <si>
+    <t>Água Preta</t>
+  </si>
+  <si>
+    <t>Atuação perante pelo menos um órgão jurisdicional (1ª Vara) e na defesa dos direitos das Fundações, Meio Ambiente, Patrimônio Público, Consumidor, Habitação e Urbanismo e Sonegação Fiscal.</t>
+  </si>
+  <si>
+    <t>LC nº 21/1998, Res CPJ 007/2023</t>
+  </si>
+  <si>
+    <t>361/2025</t>
+  </si>
+  <si>
+    <t>THIAGO FARIAS BORGES DA CUNHA</t>
+  </si>
+  <si>
+    <t>Atuação perante pelo menos um órgão jurisdicional (2ª Vara) e na defesa dos direitos da Infância e Juventude, Direitos Humanos, Saúde, Educação, Pessoa Idosa e Controle externo da atividade policial.</t>
+  </si>
+  <si>
+    <t>LC nº 21/1998. Res CPJ 007/2023</t>
+  </si>
+  <si>
+    <t>JOÃO VICTOR DA GRAÇA CAMPOS SILVA</t>
+  </si>
+  <si>
+    <t>2.354/2024</t>
+  </si>
+  <si>
+    <t>770/2021</t>
+  </si>
+  <si>
+    <t>VANESSA CAVALCANTI DE ARAÚJO</t>
+  </si>
+  <si>
+    <t>Catende</t>
+  </si>
+  <si>
     <t>1ª Vara</t>
-  </si>
-[...167 lines deleted...]
-    <t>Catende</t>
   </si>
   <si>
     <t>ROMULO SIQUEIRA FRANCA</t>
   </si>
   <si>
     <t>66/1996</t>
   </si>
   <si>
     <t>Palmares</t>
   </si>
   <si>
     <t>1ª Vara Cível, Juizado Especial Cível, Curadorias: Pessoa Idosa e Direitos Humanos e Registro Civil</t>
   </si>
   <si>
     <t>LC nº 21/1998 - RES CPJ 20/2024</t>
   </si>
   <si>
     <t xml:space="preserve">CAROLINA DE MOURA CORDEIRO PONTES </t>
   </si>
   <si>
     <t>589/2015</t>
   </si>
   <si>
     <t>cargo com atribuição modificada pela res-cpj 008/2018</t>
   </si>
@@ -1344,90 +1364,93 @@
     <t>Res-CPJ nº 011/2016 e RES CPJ 003/2020 - RES CPJ 26/2024</t>
   </si>
   <si>
     <t>FREDERICO GUILHERME DA FONSECA MAGALHÃES</t>
   </si>
   <si>
     <t>3.671/2025</t>
   </si>
   <si>
     <t>cargo com atribuições alteradas pela RES CPJ 03/2020</t>
   </si>
   <si>
     <t>Vara da Fazenda Pública
 Curadoria do Patrimônio Público  e do Terceiro Setor</t>
   </si>
   <si>
     <t>ALICE DE OLIVEIRA MORAIS</t>
   </si>
   <si>
     <t>1159/2012</t>
   </si>
   <si>
     <t>3º Promotor de Justiça Criminal</t>
   </si>
   <si>
-    <t>1ª Vara Criminal e extrajudicial no controle externo da atividade policial</t>
+    <t>2ª Vara Criminal e Curadoria Extrajudicial de Controle Externo da Atividade Policial</t>
+  </si>
+  <si>
+    <t>Res-CPJ nº 004/2002 - RES CPJ 26/2024 - RES CPJ 015/2025</t>
   </si>
   <si>
     <t>DANIELLE BELGO DE FREITAS</t>
   </si>
   <si>
     <t>772/2021</t>
   </si>
   <si>
     <t>946/2019</t>
   </si>
   <si>
     <t>CLÁUDIA RAMOS MAGALHÃES</t>
   </si>
   <si>
     <t>3º Promotor de Justiça de Defesa da Cidadania</t>
   </si>
   <si>
     <t>Curadoria do Idoso, Direitos Humanos, Meio Ambiente, Habitação e Urbanismo</t>
   </si>
   <si>
     <t>EVÂNIA CINTIAN DE AGUIAR PEREIRA</t>
   </si>
   <si>
     <t>961/2019</t>
   </si>
   <si>
     <t>2315/2017</t>
   </si>
   <si>
     <t>JANAINA DO SACRAMENTO BEZERRA</t>
   </si>
   <si>
     <t>4º Promotor de Justiça Criminal</t>
   </si>
   <si>
-    <t>2ª Vara Criminal e extrajudicial no Controle Externo da Atividade Policial</t>
-[...2 lines deleted...]
-    <t>Res-CPJ nº 011/2016 e RES CPJ 003/2020  - RES CPJ 26/2024</t>
+    <t>Vara Regional do Tribunal do Júri do Cabo de Santo Agostinho e Ipojuca e Curadoria Extrajudicial de Controle Externo da Atividade Policial relacionado aos crimes contra a vida</t>
+  </si>
+  <si>
+    <t>Res-CPJ nº 011/2016 e RES CPJ 003/2020  - RES CPJ 26/2024 - RES CPJ 015/2025</t>
   </si>
   <si>
     <t>650/2022</t>
   </si>
   <si>
     <t>3.073/2025</t>
   </si>
   <si>
     <t>MARCIA MARIA AMORIM DE OLIVEIRA</t>
   </si>
   <si>
     <t>Escada</t>
   </si>
   <si>
     <t>1ª Vara de Escada: Defesa das Fundações, Meio Ambiente, Patrimônio Público, Consumidor e Habitação e Urbanismo.</t>
   </si>
   <si>
     <t>Portaria POR-PGJ nº 441/2001, Res CPJ nº 008/2018</t>
   </si>
   <si>
     <t>2279/2018</t>
   </si>
   <si>
     <t>cargo transformado pela res-cpj 008/2018 (antigo cargo 2º PJ Ribeirão)</t>
   </si>
@@ -1895,71 +1918,72 @@
     <t>ISABEL DE LIZANDRA PENHA ALVES</t>
   </si>
   <si>
     <t>Vara Criminal de Carpina, bem como para atuação extrajudicial no combate à sonegação fiscal e
 controle externo da atividade policial</t>
   </si>
   <si>
     <t>RES-CPJ 004/2017</t>
   </si>
   <si>
     <t>DANIEL JOSÉ MESQUITA MONTEIRO DIAS</t>
   </si>
   <si>
     <t>657/2022</t>
   </si>
   <si>
     <t>951/2019</t>
   </si>
   <si>
     <t>ANA CLAUDIA DE MOURA WALMSLEY</t>
   </si>
   <si>
     <t>Limoeiro</t>
   </si>
   <si>
-    <t>1ª Vara,
-[...3 lines deleted...]
-    <t>LC nº 21/1998, Res CPJ nº 012/2018</t>
+    <t xml:space="preserve">1ª Vara Cível 
+Defesa das Fundações, Meio Ambiente, Patrimônio Público, Saúde, Consumidor, Habitação e Urbanismo
+</t>
+  </si>
+  <si>
+    <t>LC nº 21/1998, Res CPJ nº 010/2025</t>
   </si>
   <si>
     <t>PAULO DIEGO SALES BRITO</t>
   </si>
   <si>
     <t>2340/2017</t>
   </si>
   <si>
     <t>1505/2017</t>
   </si>
   <si>
     <t>MUNI AZEVEDO CATAO</t>
   </si>
   <si>
-    <t>2ª Vara, 
-Defesa da educação e dos direitos da Infância e Juventude, Direitos Humanos, Educação e Idoso</t>
+    <t>2ª Vara Cível
+Defesa dos direitos da Infância e Juventude, Direitos Humanos, Educação e Idoso</t>
   </si>
   <si>
     <t>FRANCISCO DAS CHAGAS SANTOS JUNIOR</t>
   </si>
   <si>
     <t>1167/2012</t>
   </si>
   <si>
     <t>Vara Criminal de Limoeiro, Combate à sonegação fiscal e controle externo da atividade policial</t>
   </si>
   <si>
     <t>Paudalho</t>
   </si>
   <si>
     <t>1ª e 2ª Varas</t>
   </si>
   <si>
     <t>CARLOS EDUARDO DOMINGOS SEABRA</t>
   </si>
   <si>
     <t>1157/2012</t>
   </si>
   <si>
     <t>Surubim</t>
   </si>
@@ -2057,60 +2081,72 @@
   <si>
     <t>2503/2022</t>
   </si>
   <si>
     <t>646/2022</t>
   </si>
   <si>
     <t>FERNANDA HENRIQUES DA NOBREGA</t>
   </si>
   <si>
     <t>Vara Criminal, Juizado Especial Criminal e Curadoria de Combate à Sonegação Fiscal e Controle Externo da Atividade Policial</t>
   </si>
   <si>
     <t>Res. CPJ 003/2024 - RES CPJ 27/2024</t>
   </si>
   <si>
     <t>MARIA CECILIA SOARES TERTULIANO</t>
   </si>
   <si>
     <t>780/2021</t>
   </si>
   <si>
     <t>Moreno</t>
   </si>
   <si>
+    <t xml:space="preserve">Judicial - Vara Cível da Comarca de Moreno;
+Extrajudicial - curadorias dos direitos das Fundações, Meio Ambiente, Patrimônio Público, Consumidor, Habitação e Urbanismo, defesa dos direitos da Infância e Juventude, Direitos Humanos, Saúde, Educação e Idoso
+</t>
+  </si>
+  <si>
+    <t>LC nº 21/1998 - RES CPJ 008/2025</t>
+  </si>
+  <si>
     <t>JEFSON MARCIO SILVA ROMANIUC</t>
   </si>
   <si>
     <t>368/2025</t>
   </si>
   <si>
     <t>053/2023</t>
   </si>
   <si>
     <t>LEONARDO BRITO CARIBÉ</t>
+  </si>
+  <si>
+    <t>Judicial - Vara Criminal da Comarca de Moreno;
+Extrajudicial - Controle Externo da Atividade Policial e de Combate à Sonegação Fiscal</t>
   </si>
   <si>
     <t>RUSSEAUX VIEIRA DE ARAUJO</t>
   </si>
   <si>
     <t>587/2015</t>
   </si>
   <si>
     <t>Vitória de Santo Antão</t>
   </si>
   <si>
     <t xml:space="preserve">1º Promotor de Justiça Cível
 </t>
   </si>
   <si>
     <t xml:space="preserve">Vara Regional da Infância e Juventude da 4ª Circunscrição, Defesa de Infância e Juventude </t>
   </si>
   <si>
     <t>RES-CPJ Nº 012/2018</t>
   </si>
   <si>
     <t>KIVIA ROBERTA DE SOUZA RIBEIRO</t>
   </si>
   <si>
     <t>957/2019</t>
@@ -2432,51 +2468,51 @@
   </si>
   <si>
     <t>404/2020</t>
   </si>
   <si>
     <t>1516/2019</t>
   </si>
   <si>
     <t>MÁRCIA CORDEIRO GUIMARÃES LIMA</t>
   </si>
   <si>
     <t>Serra Talhada</t>
   </si>
   <si>
     <t>Atribuições Judiciais: 2ª Vara Criminal 
 Curadorias Extrajudiciais: Combate à Sonegação Fiscal e Controle Externo da Atividade Policial.</t>
   </si>
   <si>
     <t>LC nº 21/1998
 Portaria Por-PGJ nº 184/2000 - Res CPJ 008/2023</t>
   </si>
   <si>
     <t>3.074/2025</t>
   </si>
   <si>
-    <t xml:space="preserve">EDITAL 02/2025 REMOÇÃO </t>
+    <t>EDITAL 02/2025 REMOÇÃO  - EDITAL 33/2025 REMOÇÃO</t>
   </si>
   <si>
     <t xml:space="preserve">Atribuições Judiciais: 1ª Vara Cível. 
 Curadorias Extrajudiciais: Consumidor, Patrimônio Público e Social, Fundações e Entidades de Interesse Social. Meio Ambiente, Habitação e Urbanismo e Cidadania Residual. </t>
   </si>
   <si>
     <t>VANDECI SOUSA LEITE</t>
   </si>
   <si>
     <t>1224/2017</t>
   </si>
   <si>
     <t>1557/2010</t>
   </si>
   <si>
     <t>17/12/2010</t>
   </si>
   <si>
     <t>CAMILA MENDES DE SANTANA COUTINHO</t>
   </si>
   <si>
     <t>Atribuições Judiciais: 1ª Vara Criminal (incluindo Júri) 
 Curadorias Extrajudiciais: Controle Externo da Atividade Policial</t>
   </si>
   <si>
@@ -2606,50 +2642,62 @@
   </si>
   <si>
     <t>Vara Regional da Infância e Juventude e Educação (Judicial)</t>
   </si>
   <si>
     <t>§ UN, Art 1º da LC nº 536/2024 - Res-CPJ nº 03/2025</t>
   </si>
   <si>
     <t>Remoção A</t>
   </si>
   <si>
     <t>2ª Promotor de Justiça Criminal</t>
   </si>
   <si>
     <t>Judicial - Vara
 Criminal
 Extrajudicial -
 Combate à
 Sonegação Fiscal
 e Controle
 Externo da
 Atividade Policial</t>
   </si>
   <si>
     <t>§ UN, Art 1º da LC nº 536/2024 - RES-CPJ 005/2025</t>
+  </si>
+  <si>
+    <t>Feitos Cíveis e Criminais da 2ª Vara e Extrajudicial na Curadoria dos Direitos da Infância e Juventude</t>
+  </si>
+  <si>
+    <t>§ UN, Art 1º da LC nº 536/2024 - RES CPJ 012/2025</t>
+  </si>
+  <si>
+    <t>6º Promotor de Justiça Criminal do Cabo de Santo Agostinho</t>
+  </si>
+  <si>
+    <t>§ UN, Art 1º da LC nº 536/2024 - RES CPJ 015/2025</t>
   </si>
   <si>
     <t>§ UN, Art 1º da LC nº 536/2024</t>
   </si>
   <si>
     <t>COUNTA of Instância</t>
   </si>
   <si>
     <t>Grand Total</t>
   </si>
   <si>
     <t>COUNTA of Promotor de Justiça</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="dd/mm/yy"/>
     <numFmt numFmtId="165" formatCode="dd/mm/yyyy"/>
     <numFmt numFmtId="166" formatCode="mm/dd/yyyy"/>
   </numFmts>
   <fonts count="12">
     <font>
@@ -3229,217 +3277,224 @@
         <s v="1º Promotor de Justiça Criminal"/>
         <s v="2º Promotor de Justiça Criminal"/>
         <s v="5º Promotor de Justiça de Defesa da Cidadania"/>
         <s v="3º Promotor de Justiça Criminal"/>
         <s v="3º Promotor de Justiça de Defesa da Cidadania"/>
         <s v="4º Promotor de Justiça Criminal"/>
         <s v="1º Promotor de Justiça Cível "/>
         <s v="Promotor de Justiça de Defesa da Cidadania"/>
         <s v="4º Promotor de Justiça Cível"/>
         <s v="1ª Promotor de Justiça Criminal"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Atuação" numFmtId="0">
       <sharedItems>
         <s v="1ª Vara Cível de Araripina, Defesa das Fundações, Meio Ambiente, Patrimônio Público, Consumidor e Habitação e Urbanismo"/>
         <s v="2ª Vara Cível de Araripina, Defesa dos direitos da Infância e Juventude, Direitos Humanos, Saúde, Educação e Idoso&#10;"/>
         <s v="Vara Criminal de Araripina"/>
         <s v="1ª Vara &#10;Curadorias Extrajudiciais: Defesa dos Direitos das Fundações, Meio Ambiente, Patrimônio Público, Consumidor e Habitação e Urbanismo"/>
         <s v="&#10;2ª Vara &#10;Curadorias Extrajudiciais: Defesa dos Direitos da Infância e Juventude, Direitos Humanos, Saúde, Educação e Idoso &#10;"/>
         <s v="Atividades Judiciais - 1ª&#10;Vara Cível de Salgueiro e&#10;CEJUSC&#10;Atividades Extrajudiciais -&#10;Patrimônio Público,&#10;Consumidor, Fundações,&#10;Meio Ambiente e&#10;Habitação e Urbanismo"/>
         <s v="Atividades Judiciais - 2ª&#10;Vara Cível de Salgueiro e&#10;CEJUSC&#10;Atividades Extrajudiciais -&#10;Infância e Juventude,&#10;Saúde, Educação, Idoso e&#10;Direitos Humanos  "/>
         <s v="Atividades Judiciais - Vara &#10;Criminal de Salgueiro &#10;Atividades Extrajudiciais - &#10;Sonegação Fiscal &#10;e Controle &#10;Externo da &#10;Atividade Policial"/>
         <s v="1ª Vara  &#10;Curadorias Extrajudiciais: Cidadania, Patrimônio Público e Social, Fundações e Entidades de Assistência Social e Sonegação Fiscal "/>
         <s v="2ª Vara &#10; Curadorias Extrajudiciais: Meio Ambiente, Consumidor e Acidentes de Trabalho  "/>
         <s v="Vara Criminal de Afogados da Ingazeira"/>
-        <s v="1ª Vara "/>
-        <s v="2ª Vara"/>
+        <s v="1ª Vara  &#10;Extrajudicial - Defesa dos Direitos das Fundações e entidades sociais, Meio Ambiente, Patrimônio Público, Consumidor, Habitação e Urbanismo, Controle Externo da Atividade Policial e Combate à Sonegação Fiscal"/>
+        <s v="2ª Vara  &#10;Extrajudicial - Defesa da Infância e Juventude, Direitos Humanos, Saúde, Educação, Idoso e Controle Externo da Atividade Policial"/>
         <s v="1ª Vara, Patrimônio Público, Meio Ambiente, Consumidor, Habitação e Urbanismo, Fundações e Combate à Sonegação Fiscal"/>
         <s v="2ª Vara, Saúde, Educação, Idoso, Infância e Juventude, Direitos Humanos e Controle Externo da Atividade Policial"/>
         <s v="1ª Vara Cível, Defesa do consumidor, saúde e cidadania residual"/>
         <s v="Vara Regional da Infância e Juventude da 14ª Circunscrição Judiciária, Defesa da educação e dos direitos da Infância e Juventude"/>
         <s v="Atribuições Judiciais: 1ª Vara Criminal, Curadorias Extrajudiciais: Sonegação Fiscal"/>
         <s v="&#10;2ª Vara Cível, Defesa do Meio Ambiente, Patrimônio Público e Fundações&#10;"/>
         <s v="Atribuições Judiciais: 2ª Vara Criminal, Curadorias Extrajudiciais: Controle Externo da Atividade Policial"/>
         <s v="1ª Vara &#10;Curadorias Extrajudiciais: Cidadania, Patrimônio Público e Social, Fundações e Entidades de Assistência Social e Sonegação Fiscal "/>
         <s v="2ª Vara &#10;Curadorias Extrajudiciais: Meio Ambiente, Consumidor e Acidentes de Trabalho"/>
         <s v="Vara Criminal de Belo Jardim, bem como para atuação extrajudicial no combate à sonegação fiscal e controle externo da atividade policial"/>
         <s v="Atribuições Judiciais: 1a Vara Cível e Centro Judiciário de Solução de Conflitos e Cidadania. Curadorias Extrajudiciais: Defesa dos direitos das Fundações, Meio Ambiente, Patrimônio Público, Consumidor e Habitação e Urbanismo."/>
         <s v="Atribuições Judiciais: 2a Vara Cível. Centro Judiciário de Solução de Conflitos e Cidadania. Curadorias Extrajudiciais: Defesa dos Direitos da Infância e Juventude, Direitos Humanos, Saúde, Educação e Idoso."/>
         <s v="Atribuições Judiciais: Vara Criminal Curadorias Extrajudiciais: Combate à Sonegação Fiscal e Controle Externo da Atividade Policial"/>
         <s v="Vara Única"/>
         <s v="1ª, 2ª e 3ª Varas Cíveis e Vara da Fazenda Pública"/>
         <s v="1ª Vara Criminal"/>
         <s v="Saúde, consumidor, meio ambiente, patrimônio histórico e cultural, habitação, urbanismo e cidadania residual"/>
         <s v="2ª Vara de Família e Registro Civil e Central Judiciário de Solução de Conflitos e Cidadania, ambas de Garanhuns  "/>
         <s v="Patrimônio público e social, fundações e entidades de interesse social, educação e idoso"/>
         <s v="Curadoria extrajudicial da infância e juventude e Vara da Infância e Juventude de Garanhuns"/>
         <s v="Juizado Especial Criminal"/>
         <s v="1ª Vara de Família e Registro Civil, Juizado Especial Cível e Colégio Recursal"/>
         <s v="Central de Inquéritos"/>
         <s v="2ª Vara Criminal de Garanhuns"/>
-        <s v="1ª Vara"/>
-[...4 lines deleted...]
-        <s v="Atribuições judiciais junto à Vara Criminal, nos processos de numeração par, inclusive de competência do Tribunal do Júri; &#10;Curadorias Extrajudiciais: crimes contra a ordem tributária e controle externo da atividade policial"/>
+        <s v="Feitos Cíveis e Criminais da 1ª Vara e Extrajudicial Curadorias do Controle Externo da Atividade  Policial e da Sonegação Fiscal"/>
+        <s v="Extrajudicial Residual- Curadorias de Fundações, Meio Ambiente, Patrimônio Público, Consumidor e Habitação e Urbanismo, Defesa dos Direitos Humanos, Saúde, Educação e Idoso, acompanhando as respectivas ações judiciais, em curso e a serem propostas"/>
+        <s v="2ª Vara Cível &#10;CEJUSC &#10;Curadorias Extrajudiciais: Infância e Juventude, Educação, Saúde e Idoso"/>
+        <s v="1ª Vara Criminal &#10;Sessões Plenárias do Tribunal do Júri &#10;Curadorias Extrajudiciais: crimes contra a ordem tributária e no controle externo da atividade policial"/>
+        <s v="1ª Vara Cível &#10;Vara da Fazenda Pública &#10;CEJUSC &#10;Curadorias Extrajudiciais: Patrimônio Público e Social, Fundações, Meio Ambiente, Habitação e Urbanismo, Consumidor e Cidadania Residual."/>
+        <s v="2ª Vara Criminal &#10;Sessões Plenárias do Tribunal do Júri &#10;Curadorias Extrajudiciais: crimes contra a ordem tributária e controle externo da atividade policial"/>
         <s v="Atuação perante pelo menos um órgão jurisdicional (1ª Vara) e na defesa dos direitos das Fundações, Meio Ambiente, Patrimônio Público, Consumidor, Habitação e Urbanismo e Sonegação Fiscal."/>
         <s v="Atuação perante pelo menos um órgão jurisdicional (2ª Vara) e na defesa dos direitos da Infância e Juventude, Direitos Humanos, Saúde, Educação, Pessoa Idosa e Controle externo da atividade policial."/>
+        <s v="1ª Vara"/>
         <s v="1ª Vara Cível, Juizado Especial Cível, Curadorias: Pessoa Idosa e Direitos Humanos e Registro Civil"/>
         <s v="2ª Vara Cível e Juizado Especial Cível, Curadorias: Defesa do Patrimônio Público e Fundações, Consumidor, Meio Ambiente, Habitação e Urbanismo"/>
         <s v="3ª Vara Cível e Regional da Infância e Juventude, CEJUSC, Juizado Especial Cível, Curadorias: Direitos da Infância e Juventude, Saúde e Educação"/>
         <s v="2ª Vara Criminal e Juizado Especial Criminal, Curadoria: Combate à Sonegação Fiscal"/>
         <s v="1ª, 2ª, 3ª, 4ª e 5ª Varas Cíveis &#10;CEJUSC &#10;"/>
         <s v="1ª Vara Criminal, extrajudicial no controle externo da atividade policial"/>
         <s v="Infância e Juventude (extrajudicial) e Educação (extrajudicial)"/>
         <s v="Curadorias da Saúde e do Consumidor"/>
         <s v="&#10;Vara Regional de Violência Doméstica e Familiar contra a Mulher, extrajudicial no controle externo da atividade policial relacionado a temática de violência doméstica e familiar contra mulher."/>
         <s v="Vara da Fazenda Pública&#10;Curadoria do Patrimônio Público  e do Terceiro Setor"/>
-        <s v="1ª Vara Criminal e extrajudicial no controle externo da atividade policial"/>
+        <s v="2ª Vara Criminal e Curadoria Extrajudicial de Controle Externo da Atividade Policial"/>
         <s v="Curadoria do Idoso, Direitos Humanos, Meio Ambiente, Habitação e Urbanismo"/>
-        <s v="2ª Vara Criminal e extrajudicial no Controle Externo da Atividade Policial"/>
+        <s v="Vara Regional do Tribunal do Júri do Cabo de Santo Agostinho e Ipojuca e Curadoria Extrajudicial de Controle Externo da Atividade Policial relacionado aos crimes contra a vida"/>
         <s v="1ª Vara de Escada: Defesa das Fundações, Meio Ambiente, Patrimônio Público, Consumidor e Habitação e Urbanismo."/>
         <s v="2ª Vara de Escada: Defesa dos direitos da Infância e Juventude, Direitos Humanos, Saúde, Educação e Idoso"/>
         <s v="2ª Vara Cível:&#10;Defesa dos direitos da Infância e Juventude e Educação "/>
         <s v="Vara Criminal"/>
         <s v="Vara da Fazenda Pública: Defesa dos direitos do Consumidor, Patrimônio  Público, Histórico e Social,  Fundações e Entidades de Interesse Social, Direitos Humanos e cidadania residual"/>
         <s v="1ª Vara Cível: Defesa do Meio Ambiente, Habitação e Urbanismo, Saúde e Idoso"/>
         <s v="Vara Única de Ribeirão: Geral"/>
         <s v="Vara Criminal, Sonegação Fiscal e Controle Externo da Atividade Policial "/>
         <s v="2ª Vara Civel, defesa dos Direitos do Consumidor, Direitos do Idoso, Direitos Humanos, Meio Ambiente, Habitação e Urbaniscmo e Residual"/>
         <s v=" 3ª Vara Cível, defesa dos direitos da Infância e Juventude e Educação&#10;"/>
         <s v="1ª Vara Cível, Saude, Fundações e Patrimonio Público"/>
         <s v="1ª Vara, Defesa do Patrimônio Público e Social, Fundações e Entidades de Assistência Social"/>
         <s v="2ª Vara, Defesa da Educação e Consumidor"/>
         <s v="Vara da Infância e Juventude da 5ª circunscrição judiciária, Defesa dos Direitos da Infância e Juventude"/>
         <s v="Juizado Especial Criminal de Goiana, Extrajudicial criminal, inclusive nos feitos de sonegação fiscal, e no controle externo da atividade policial "/>
         <s v="Defesa do Meio Ambiente, Patrimônio Histórico e Cultural, Idoso, Saúde, Habitação, Urbanismo e Cidadania Residual"/>
         <s v="Atividades Judiciais - Vara Criminal de Igarassu e Inquéritos Policiais.&#10;Atividades Extrajudiciais - Sonegação Fiscal e Controle Externo da Atividade Policial."/>
         <s v="Atividades Judiciais - 2ª Vara Cível de Igarassu&#10;Atividades Extrajudiciais - Defesa dos Direitos da Infância e Juventude, Educação, Meio Ambiente, Habitação e Urbanismo, Consumidor e Defesa dos Direitos das Fundações"/>
         <s v="Atividades Judiciais - 1ª Vara Cível de Igarassu&#10;Atividades Extrajudiciais - Patrimônio Público, Direitos Humanos, Saúde e Idoso."/>
         <s v="Atividades Judiciais - Vara Regional de Violência Doméstica e Familiar e Inquéritos Policiais de mesma natureza.&#10;Atividades Extrajudiciais - Controle Externo da Atividade Policial referentes à Violência Doméstica e Familiar."/>
         <s v="1ª Vara &#10;Meio Ambiente, Acidentes do Trabalho e Cidadania"/>
         <s v="2ª Vara&#10; Fundações e Entidades Sociais, Sonegação Fiscal, Consumidor e Patrimônio Público"/>
         <s v="2ª Vara &#10;Meio Ambiente e Patrimônio Público e Cidadania"/>
         <s v="3ª Vara &#10;Infância e Juventude, Acidentes do Trabalho, Consumidor e Fundações e Entidades de Assistência Social"/>
         <s v="Vara Criminal de Carpina, bem como para atuação extrajudicial no combate à sonegação fiscal e&#10;controle externo da atividade policial"/>
-        <s v="1ª Vara,&#10;Defesa das Fundações, Meio Ambiente, Patrimônio Público, Saúde, Consumidor, Habitação e Urbanismo"/>
-        <s v="2ª Vara, &#10;Defesa da educação e dos direitos da Infância e Juventude, Direitos Humanos, Educação e Idoso"/>
+        <s v="1ª Vara Cível  &#10;Defesa das Fundações, Meio Ambiente, Patrimônio Público, Saúde, Consumidor, Habitação e Urbanismo &#10;"/>
+        <s v="2ª Vara Cível &#10;Defesa dos direitos da Infância e Juventude, Direitos Humanos, Educação e Idoso"/>
         <s v="Vara Criminal de Limoeiro, Combate à sonegação fiscal e controle externo da atividade policial"/>
         <s v="1ª e 2ª Varas"/>
         <s v="1ª Vara Cível &#10;Defesa dos direitos das Fundações, Meio Ambiente, Patrimônio Público, Consumidor e Habitação e Urbanismo"/>
         <s v="2ª Vara Cível &#10;Defesa dos direitos da Infância e Juventude, Direitos Humanos, Saúde, Educação e Idoso"/>
         <s v="1ª Vara Cível &#10;Defesa dos direitos das Fundações, Meio Ambiente, Patrimônio Público, Consumidor, Habitação e Urbanismo &#10;"/>
         <s v="2ª Vara Cível &#10;Defesa dos direitos da Infância e Juventude, Direitos Humanos, Saúde, Educação e Idoso &#10;"/>
         <s v="Vara Criminal, Juizado Especial Criminal e Curadoria de Combate à Sonegação Fiscal e Controle Externo da Atividade Policial"/>
+        <s v="Judicial - Vara Cível da Comarca de Moreno; &#10;Extrajudicial - curadorias dos direitos das Fundações, Meio Ambiente, Patrimônio Público, Consumidor, Habitação e Urbanismo, defesa dos direitos da Infância e Juventude, Direitos Humanos, Saúde, Educação e Idos"/>
+        <s v="Judicial - Vara Criminal da Comarca de Moreno; &#10;Extrajudicial - Controle Externo da Atividade Policial e de Combate à Sonegação Fiscal"/>
         <s v="Vara Regional da Infância e Juventude da 4ª Circunscrição, Defesa de Infância e Juventude "/>
         <s v="1ª Vara Criminal e Tribunal do Juri de Vitória do Santo Antão, Controle externo da atividade policial e sonegação fiscal"/>
         <s v="1ª Vara Cível, Defesa do patrimônio público e fundações"/>
         <s v="2ª Vara Criminal,&#10;Juizado Especial&#10;Criminal,&#10;Sonegação Fiscal"/>
         <s v="3ª Vara Cível&#10;Defesa da saúde, idoso e cidadania residual"/>
         <s v="1ª Vara Criminal e Tribunal do Juri de Vitória do Santo Antão, Controle externo da atividade policial e sonegação fiscal      "/>
         <s v="2ª Vara Cível,&#10;Defesa do consumidor, meio ambiente, habitação e urbanismo  e Educação"/>
         <s v="1ª Vara Cível, &#10;Saúde, Consumidor e Cidadania Residual"/>
         <s v="2ª Vara Cível &#10;Meio Ambiente, Patrimônio Público e Fundações"/>
         <s v="2ª Vara Criminal e Sonegação Fiscal"/>
         <s v="3ª Vara Cível  &#10;Infância, Juventude e Educação"/>
         <s v="Vara de Violência Doméstica e Familiar contra Mulher"/>
         <s v="Judicial - Vara &#10;Criminal &#10;Extrajudicial - &#10;Combate à &#10;Sonegação Fiscal &#10;e Controle Externo da &#10;Atividade Policial"/>
         <s v="1ª Vara Cível&#10;Patrimônio público,&#10;tutela de fundações&#10;e entidades de&#10;organização&#10;social, consumidor,&#10;transporte e&#10;cidadania residual"/>
         <s v="2ª Vara Cível&#10;Saúde, meio&#10;ambiente ,&#10;urbanismo e idoso"/>
         <s v="3ª Vara Cível &#10;Infância e&#10;Juventude e&#10;Educação"/>
         <s v="Atribuições Judiciais: 2ª Vara Criminal  &#10;Curadorias Extrajudiciais: Combate à Sonegação Fiscal e Controle Externo da Atividade Policial."/>
         <s v="Atribuições Judiciais: 1ª Vara Cível.  &#10;Curadorias Extrajudiciais: Consumidor, Patrimônio Público e Social, Fundações e Entidades de Interesse Social. Meio Ambiente, Habitação e Urbanismo e Cidadania Residual. "/>
         <s v="Atribuições Judiciais: 1ª Vara Criminal (incluindo Júri) &#10;Curadorias Extrajudiciais: Controle Externo da Atividade Policial"/>
         <s v="Atribuições Judiciais: 2ª Vara Cível  &#10;Curadorias Extrajudiciais: Infância e Juventude, Saúde, Educação, Pessoa Idosa e Direitos Humanos"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Lei/Ato de definição de atribuição" numFmtId="0">
       <sharedItems>
         <s v="LC nº 21/1998 e Portaria POR-PGJ nº 184/2000  e Res. CPJ nº 001/2021"/>
         <s v="LC nº 21/1998 e Portaria POR-PGJ nº 184/2000 e Res. CPJ nº 001/2021"/>
         <s v="LC nº 439/2020 e Res CPJ nº 001/2021"/>
         <s v="LC nº 21/1998 e RES CPJ 13/2024  "/>
         <s v="LC nº 21/1998 e Res. CPJ 004/2024"/>
         <s v="LC nº 21/1998 e Portaria POR-PGJ nº 184/2000  "/>
         <s v="RES-CPJ 11/2016 de 22/11/2016"/>
-        <s v="LC nº 21/1998 e RES CPJ nº 004/2017"/>
-        <s v="LC nº 354/2017 e Res-CPJ nº 004/2017"/>
+        <s v="LC nº 21/1998 e RES CPJ nº 011/2025"/>
+        <s v="LC nº 354/2017 e RES CPJ nº 011/2025"/>
         <s v="LC nº 21/1998 e RES CPJ 23/2024"/>
         <s v="LC nº 354/2017 e RES-CPJ 23/2024"/>
         <s v="Res CPJ nº 012/2018"/>
         <s v="RES CPJ 24/2024"/>
         <s v="LC nº 399/2018, Res CPJ nº 012/2018"/>
         <s v="LC nº 487/2022 - RES CPJ 24/2024"/>
+        <s v="LC nº 354/2017 e Res-CPJ nº 004/2017"/>
         <s v="LC nº 21/1998 e Res-CPJ 008/2024 "/>
         <s v="LC 229/2013 e Res-CPJ 008/2024"/>
         <s v="LC nº 21/1998 "/>
         <s v="LC nº 21/1998"/>
         <s v="Res-CPJ nº 011/2016"/>
         <s v="Res-CPJ nº 004/2002"/>
         <s v="Res-CPJ nº 002/2013"/>
         <s v="Res-CPJ nº 011/2016 e RES CPJ nº 008/2019 (atuação CEJUSC)"/>
         <s v="Res-CPJ nº 002/2013 e Res-CPJ nº 004/2021"/>
         <s v="Res-CPJ nº  004/2002 e Res-CPJ nº 004/2021"/>
         <s v="Res-CPJ nº 004/2002 e Res. CPJ nº 001/2021"/>
         <s v="LC nº 354/2017, Res-CPJ nº 004/2017 e Res-CPJ nº 004/2021"/>
-        <s v="Res-CPJ nº 007/2014"/>
-[...1 lines deleted...]
-        <s v="LC 229/2013 e Res-CPJ nº 007/2014"/>
+        <s v="LC nº 21/1998 - RES CPJ 012/2025"/>
+        <s v="Res-CPJ nº 009/2025"/>
+        <s v="LC 73/2005 e Res-CPJ nº 009/2025"/>
+        <s v="LC 229/2013 e Res-CPJ nº 009/2025"/>
         <s v="LC nº 21/1998, Res CPJ 007/2023"/>
         <s v="LC nº 21/1998. Res CPJ 007/2023"/>
         <s v="LC nº 21/1998 - RES CPJ 20/2024"/>
         <s v="LC nº 21/1998, Res-CPJ nº 002/2023 - RES CPJ 20/2024"/>
         <s v="LC nº 21/1998, Portaria POR- PGJ nº 184/2000 - RES CPJ 20/2024"/>
         <s v="Res-CPJ nº 03/2025"/>
         <s v="Res-CPJ nº 004/2002 - RES CPJ 26/2024"/>
         <s v="Res-CPJ nº 011/2016 e RES CPJ 003/2020 - RES CPJ 26/2024"/>
-        <s v="Res-CPJ nº 011/2016 e RES CPJ 003/2020  - RES CPJ 26/2024"/>
+        <s v="Res-CPJ nº 004/2002 - RES CPJ 26/2024 - RES CPJ 015/2025"/>
+        <s v="Res-CPJ nº 011/2016 e RES CPJ 003/2020  - RES CPJ 26/2024 - RES CPJ 015/2025"/>
         <s v="Portaria POR-PGJ nº 441/2001, Res CPJ nº 008/2018"/>
         <s v="LC nº 21/1998, Res CPJ nº 008/2018"/>
         <s v="Res-CPJ nº 008/2018"/>
         <s v=" Res-CPJ nº 008/2018"/>
         <s v="LC 229/2013 e Res-CPJ nº 002/2013"/>
         <s v="LC nº 21/1998 e Res-CPJ nº 008/2018"/>
         <s v="LC nº 21/1998 e Portaria POR-PGJ nº 441/2001, Res CPJ nº 008/2018"/>
         <s v="Lei 9.924/86 - Res CPJ 010/2019"/>
         <s v="Lei 9.924/86, art. 1, II - Res CPJ 010/2019"/>
         <s v="LC 21/94, art. 25, II, &quot;26&quot; e Res. CPJ 010/2019"/>
         <s v="Res-CPJ n° 012/2018"/>
         <s v="LC nº 399/2018, Res-CPJ nº 012/2018"/>
         <s v="LC 229/2013 e Res-CPJ nº 002/2013 e Res. CPJ nº 001/2021"/>
         <s v="LC 229/2013 e Res-CPJ nº 002/2013 e n° 012/2018"/>
         <s v="LC nº 21/1998, Res-CPJ nº 02/2025"/>
         <s v="LC nº 354/2017 e Res-CPJ nº 02/2025"/>
         <s v="LC nº 21/1998, Portaria POR-PGJ nº 184/2000"/>
         <s v="LC nº 21/1998 - RES CPJ 16/2024"/>
         <s v="RES-CPJ 004/2017"/>
-        <s v="LC nº 21/1998, Res CPJ nº 012/2018"/>
+        <s v="LC nº 21/1998, Res CPJ nº 010/2025"/>
         <s v="LC nº 21/1998, RES CPJ nº 12/2024"/>
         <s v="Res. CPJ 003/2024"/>
         <s v="Res. CPJ 003/2024 - RES CPJ 27/2024"/>
+        <s v="LC nº 21/1998 - RES CPJ 008/2025"/>
         <s v="RES-CPJ Nº 012/2018"/>
         <s v="LC nº 21/1998, Res CPJ nº 004/2002, Res CPJ nº 001/2001 e Res. CPJ nº 001/2021"/>
         <s v="RES-CPJ Nº 13/2017"/>
         <s v="Lei 9.924/86 e Res CPJ nº 016/2017"/>
         <s v="LC 21/94, art. 25, II, &quot;25&quot; e Res CPJ nº 016/2017"/>
         <s v="LC 354/2017 e Res CPJ nº 016/2017"/>
         <s v="LC nº 21/1998, RES-CPJ nº 004/2016 - RES-CPJ 005/2025"/>
         <s v="LC nº 21/1998, RES-CPJ nº 004/2016 "/>
         <s v="LC nº 21/1998, RES-CPJ nº 004/2016"/>
         <s v="RES-CPJ nº 004/2016"/>
         <s v="LC nº 21/1998&#10;Portaria Por-PGJ nº 184/2000 - Res CPJ 008/2023"/>
         <s v="LC nº 21/98 &#10;Portaria Por-PGJ nº 184/200 - Res CPJ 008/2023"/>
         <s v="LC nº 487/2022 RES CPJ nº 003/2022 - Res CPJ 008/2023"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Atribuição" numFmtId="0">
       <sharedItems>
         <s v="Cível "/>
         <s v="Cível"/>
         <s v="Crime"/>
         <s v="Geral"/>
         <s v="Defesa da Cidadania"/>
         <s v="Cível e Defesa da Cidadania"/>
       </sharedItems>
     </cacheField>
@@ -4008,52 +4063,53 @@
         <s v="Nome e Atribuição modificados pela RES CPJ 20/2024"/>
         <s v="cargo com atribuições alteradas pela RES CPJ 03/2020"/>
         <s v="cargo transformado pela res-cpj 008/2018 (antigo cargo 2º PJ Ribeirão)"/>
         <s v="cargo transformado pela res-cpj 008/2018 (antigo cargo de PJ de Escada)"/>
         <s v="cargo com a atuação modificado pela Res 008/2018"/>
         <s v="cargo transformado pela Res 008/2018 (antigo cargo 1ºPJ substituto da 8ª circunscrição Ministerial)"/>
         <s v="cargo transformado pela res-cpj 008/2018 (antigo cargo 1º PJ de Ribeirão)"/>
         <s v="cargo com atribuição alterada pela RES 010/2019"/>
         <s v="cargo renomeado e atribuição modificada pela Res-CPJ nº 012/2018, Vigência em 01/02/2019"/>
         <s v="cargo com atribuição alterada pela RES 001/2021"/>
         <s v="Atribuição transformada pela Res-CPJ nº 004/2023"/>
         <s v="cargo criado pela Res. CPJ nº 004/2017 - Atribuição transformada pela Res-CPJ nº 004/2023"/>
         <s v="cargo com atribuição modificada pela Res 013/2017"/>
         <s v="Promotoria criada pela LC nº 399/2018 e Resolução nº 012/2018, Vigência em 01/02/2019"/>
         <s v="cargo transformado pela Res 016/2017"/>
         <s v="cargo com a atuação modificado pela Res 016/2017"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Edital Lançado sem concorrentes" numFmtId="0">
       <sharedItems containsBlank="1">
         <m/>
         <s v="Remoção - Edital 08/2021, Promoção - Edital 13/2022, Remoção 01/2023, Edital 09/2023 - Promoção e Remoção 10/2023 - EDITAL 05/2024 - REMOÇÃO - EDITAL 15/2025 REMOÇÃO"/>
         <s v="Remoção - Edital 08/2021"/>
         <s v="Edital 21/2024 - REMOÇÃO"/>
         <s v="Edital 04/2024 - Remoção"/>
+        <s v="EDITAL 32/2025 REMOÇÃO "/>
         <s v="EDITAL 08/2024 - REMOÇÃO"/>
-        <s v="EDITAL 02/2025 REMOÇÃO "/>
+        <s v="EDITAL 02/2025 REMOÇÃO  - EDITAL 33/2025 REMOÇÃO"/>
         <s v="Edital 04/2023 - Remoção - EDITAL 05/2024 - PROMOÇÃO - EDITAL 06/2024 - REMOÇÃO - EDITAL 18/2025 - REMOÇÃO"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Último Membro no Cargo" numFmtId="0">
       <sharedItems containsBlank="1">
         <s v="MARCELO RIBEIRO HOMEM"/>
         <s v="BRUNO MIQUELAO GOTTARDI"/>
         <s v="HELLEN CRISTINA PEREIRA PAINELLI"/>
         <s v="HUDSON COLODETTI BEIRIZ"/>
         <s v="TIAGO SALES BOULHOSA GONZALEZ"/>
         <s v="ALMIR OLIVEIRA DE AMORIM JÚNIOR"/>
         <s v="MILENA DE OLIVEIRA SANTOS"/>
         <s v="MICHEL DE ALMEIDA CAMPELO"/>
         <s v="THIAGO BARBOSA BERNARDO"/>
         <s v="ADRIANA CECILIA LORDELO WLUDARSKI"/>
         <s v="WITALO RODRIGO DE LEMOS VASCONCELOS"/>
         <s v="ADRIANO CAMARGO VIEIRA"/>
         <s v="MARCIO JOSÉ DA SILVA FREITAS"/>
         <s v="ANA RITA COELHO COLAÇO DIAS"/>
         <s v="MILENA DE OLIVEIRA SANTOS DO CARMO"/>
         <s v="HIGOR ALEXANDRE ALVES DE ARAÚJO"/>
         <s v="DANIEL DE ATAÍDE MARTINS"/>
         <s v="SOPHIA WOLFOVITCH SPINOLA"/>
         <s v="JEANNE BEZERRA SILVA"/>
         <s v="ANDRÉA MAGALHÃES PORTO OLIVEIRA"/>
@@ -4472,50 +4528,53 @@
         <item x="87"/>
         <item x="88"/>
         <item x="89"/>
         <item x="90"/>
         <item x="91"/>
         <item x="92"/>
         <item x="93"/>
         <item x="94"/>
         <item x="95"/>
         <item x="96"/>
         <item x="97"/>
         <item x="98"/>
         <item x="99"/>
         <item x="100"/>
         <item x="101"/>
         <item x="102"/>
         <item x="103"/>
         <item x="104"/>
         <item x="105"/>
         <item x="106"/>
         <item x="107"/>
         <item x="108"/>
         <item x="109"/>
         <item x="110"/>
         <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField name="Lei/Ato de definição de atribuição" compact="0" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
@@ -4552,50 +4611,54 @@
         <item x="50"/>
         <item x="51"/>
         <item x="52"/>
         <item x="53"/>
         <item x="54"/>
         <item x="55"/>
         <item x="56"/>
         <item x="57"/>
         <item x="58"/>
         <item x="59"/>
         <item x="60"/>
         <item x="61"/>
         <item x="62"/>
         <item x="63"/>
         <item x="64"/>
         <item x="65"/>
         <item x="66"/>
         <item x="67"/>
         <item x="68"/>
         <item x="69"/>
         <item x="70"/>
         <item x="71"/>
         <item x="72"/>
         <item x="73"/>
         <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField name="Atribuição" compact="0" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField name="Circunscrição" compact="0" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
@@ -5165,50 +5228,51 @@
         <item x="21"/>
         <item x="22"/>
         <item x="23"/>
         <item x="24"/>
         <item x="25"/>
         <item x="26"/>
         <item x="27"/>
         <item x="28"/>
         <item x="29"/>
         <item x="30"/>
         <item x="31"/>
         <item x="32"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField name="Edital Lançado sem concorrentes" compact="0" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
+        <item x="8"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField name="Último Membro no Cargo" compact="0" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
@@ -5630,50 +5694,53 @@
         <item x="87"/>
         <item x="88"/>
         <item x="89"/>
         <item x="90"/>
         <item x="91"/>
         <item x="92"/>
         <item x="93"/>
         <item x="94"/>
         <item x="95"/>
         <item x="96"/>
         <item x="97"/>
         <item x="98"/>
         <item x="99"/>
         <item x="100"/>
         <item x="101"/>
         <item x="102"/>
         <item x="103"/>
         <item x="104"/>
         <item x="105"/>
         <item x="106"/>
         <item x="107"/>
         <item x="108"/>
         <item x="109"/>
         <item x="110"/>
         <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField name="Lei/Ato de definição de atribuição" compact="0" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
@@ -5710,50 +5777,54 @@
         <item x="50"/>
         <item x="51"/>
         <item x="52"/>
         <item x="53"/>
         <item x="54"/>
         <item x="55"/>
         <item x="56"/>
         <item x="57"/>
         <item x="58"/>
         <item x="59"/>
         <item x="60"/>
         <item x="61"/>
         <item x="62"/>
         <item x="63"/>
         <item x="64"/>
         <item x="65"/>
         <item x="66"/>
         <item x="67"/>
         <item x="68"/>
         <item x="69"/>
         <item x="70"/>
         <item x="71"/>
         <item x="72"/>
         <item x="73"/>
         <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField name="Atribuição" compact="0" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField name="Circunscrição" axis="axisRow" compact="0" outline="0" multipleItemSelectionAllowed="1" showAll="0" sortType="ascending">
       <items>
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
@@ -6323,50 +6394,51 @@
         <item x="21"/>
         <item x="22"/>
         <item x="23"/>
         <item x="24"/>
         <item x="25"/>
         <item x="26"/>
         <item x="27"/>
         <item x="28"/>
         <item x="29"/>
         <item x="30"/>
         <item x="31"/>
         <item x="32"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField name="Edital Lançado sem concorrentes" compact="0" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
+        <item x="8"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField name="Último Membro no Cargo" compact="0" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
@@ -7170,54 +7242,54 @@
       </c>
       <c r="Q12" s="23"/>
       <c r="R12" s="17" t="s">
         <v>117</v>
       </c>
       <c r="S12" s="22" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1">
         <v>12.0</v>
       </c>
       <c r="B13" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="18" t="s">
         <v>119</v>
       </c>
       <c r="E13" s="18" t="s">
         <v>22</v>
       </c>
-      <c r="F13" s="18" t="s">
+      <c r="F13" s="17" t="s">
         <v>120</v>
       </c>
-      <c r="G13" s="18" t="s">
+      <c r="G13" s="17" t="s">
         <v>121</v>
       </c>
       <c r="H13" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I13" s="18">
         <v>3.0</v>
       </c>
       <c r="J13" s="17" t="s">
         <v>122</v>
       </c>
       <c r="K13" s="17" t="s">
         <v>49</v>
       </c>
       <c r="L13" s="24">
         <v>43578.0</v>
       </c>
       <c r="M13" s="17" t="s">
         <v>123</v>
       </c>
       <c r="N13" s="25">
         <v>43418.0</v>
       </c>
       <c r="O13" s="21" t="s">
         <v>124</v>
@@ -7227,7461 +7299,7479 @@
       </c>
       <c r="Q13" s="23" t="s">
         <v>125</v>
       </c>
       <c r="R13" s="30"/>
       <c r="S13" s="31" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1">
         <v>13.0</v>
       </c>
       <c r="B14" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C14" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>119</v>
       </c>
       <c r="E14" s="18" t="s">
         <v>33</v>
       </c>
-      <c r="F14" s="18" t="s">
+      <c r="F14" s="17" t="s">
         <v>127</v>
       </c>
-      <c r="G14" s="18" t="s">
+      <c r="G14" s="17" t="s">
         <v>128</v>
       </c>
       <c r="H14" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I14" s="9">
         <v>3.0</v>
       </c>
       <c r="J14" s="10" t="s">
         <v>98</v>
       </c>
       <c r="K14" s="10" t="s">
         <v>27</v>
       </c>
       <c r="L14" s="17" t="s">
         <v>129</v>
       </c>
       <c r="M14" s="17" t="s">
         <v>130</v>
       </c>
       <c r="N14" s="22" t="s">
         <v>131</v>
       </c>
       <c r="O14" s="22" t="s">
         <v>132</v>
       </c>
       <c r="P14" s="22" t="s">
         <v>101</v>
       </c>
       <c r="Q14" s="23" t="s">
         <v>133</v>
       </c>
-      <c r="R14" s="17"/>
+      <c r="R14" s="17" t="s">
+        <v>134</v>
+      </c>
       <c r="S14" s="22" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1">
         <v>14.0</v>
       </c>
       <c r="B15" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C15" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D15" s="18" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E15" s="18" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="18" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="G15" s="17" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="H15" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I15" s="18">
         <v>3.0</v>
       </c>
       <c r="J15" s="17" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="K15" s="17" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="L15" s="24">
         <v>45694.0</v>
       </c>
       <c r="M15" s="17" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="N15" s="32">
         <v>44931.0</v>
       </c>
       <c r="O15" s="22" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="P15" s="32">
         <v>44931.0</v>
       </c>
       <c r="Q15" s="23" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="R15" s="23"/>
       <c r="S15" s="22" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="1">
         <v>15.0</v>
       </c>
       <c r="B16" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C16" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D16" s="9" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E16" s="18" t="s">
         <v>33</v>
       </c>
       <c r="F16" s="18" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="G16" s="17" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="H16" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I16" s="9">
         <v>3.0</v>
       </c>
       <c r="J16" s="10" t="s">
         <v>103</v>
       </c>
       <c r="K16" s="10" t="s">
         <v>27</v>
       </c>
       <c r="L16" s="17" t="s">
         <v>50</v>
       </c>
       <c r="M16" s="17" t="s">
         <v>100</v>
       </c>
       <c r="N16" s="22" t="s">
         <v>129</v>
       </c>
       <c r="O16" s="22" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="P16" s="22" t="s">
         <v>129</v>
       </c>
       <c r="Q16" s="23" t="s">
         <v>133</v>
       </c>
       <c r="R16" s="23"/>
       <c r="S16" s="22" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1">
         <v>16.0</v>
       </c>
       <c r="B17" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C17" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D17" s="18" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E17" s="18" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="9" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G17" s="18" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="H17" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I17" s="18">
         <v>4.0</v>
       </c>
       <c r="J17" s="17" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="K17" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L17" s="17" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="M17" s="17" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="N17" s="25" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="O17" s="22" t="s">
+        <v>155</v>
+      </c>
+      <c r="P17" s="22" t="s">
         <v>154</v>
       </c>
-      <c r="P17" s="22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q17" s="23" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="R17" s="23"/>
       <c r="S17" s="22" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1">
         <v>17.0</v>
       </c>
       <c r="B18" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C18" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D18" s="18" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E18" s="18" t="s">
         <v>33</v>
       </c>
       <c r="F18" s="9" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G18" s="18" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="H18" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I18" s="18">
         <v>4.0</v>
       </c>
       <c r="J18" s="17" t="s">
         <v>98</v>
       </c>
       <c r="K18" s="17" t="s">
         <v>38</v>
       </c>
       <c r="L18" s="24">
         <v>44287.0</v>
       </c>
       <c r="M18" s="17" t="s">
         <v>93</v>
       </c>
       <c r="N18" s="22" t="s">
         <v>50</v>
       </c>
       <c r="O18" s="22" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="P18" s="22" t="s">
         <v>101</v>
       </c>
       <c r="Q18" s="23" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="R18" s="23"/>
       <c r="S18" s="22" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1">
         <v>18.0</v>
       </c>
       <c r="B19" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C19" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D19" s="18" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E19" s="18" t="s">
         <v>44</v>
       </c>
       <c r="F19" s="18" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="G19" s="17" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="H19" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I19" s="18">
         <v>4.0</v>
       </c>
       <c r="J19" s="17" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="K19" s="17" t="s">
         <v>38</v>
       </c>
       <c r="L19" s="17" t="s">
         <v>50</v>
       </c>
       <c r="M19" s="17" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="N19" s="22" t="s">
         <v>129</v>
       </c>
       <c r="O19" s="22" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="P19" s="22" t="s">
         <v>129</v>
       </c>
       <c r="Q19" s="23" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="R19" s="17" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="S19" s="22" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1">
         <v>19.0</v>
       </c>
       <c r="B20" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C20" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D20" s="18" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E20" s="18" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F20" s="18" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="G20" s="18" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="H20" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I20" s="18">
         <v>4.0</v>
       </c>
       <c r="J20" s="17" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="K20" s="17" t="s">
         <v>49</v>
       </c>
       <c r="L20" s="24">
         <v>44931.0</v>
       </c>
       <c r="M20" s="17" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="N20" s="22" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="O20" s="22" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="P20" s="22" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="Q20" s="18" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="R20" s="23"/>
       <c r="S20" s="31" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1">
         <v>20.0</v>
       </c>
       <c r="B21" s="17" t="s">
         <v>19</v>
       </c>
       <c r="C21" s="17" t="s">
         <v>20</v>
       </c>
       <c r="D21" s="17" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E21" s="17" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="F21" s="17" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="G21" s="17" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="H21" s="17" t="s">
         <v>60</v>
       </c>
       <c r="I21" s="17">
         <v>4.0</v>
       </c>
       <c r="J21" s="17" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="K21" s="17" t="s">
         <v>49</v>
       </c>
       <c r="L21" s="17" t="s">
         <v>28</v>
       </c>
       <c r="M21" s="17" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="N21" s="27">
         <v>45299.0</v>
       </c>
       <c r="O21" s="22" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="P21" s="27">
         <v>45299.0</v>
       </c>
       <c r="Q21" s="17" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="R21" s="23"/>
       <c r="S21" s="22" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1">
         <v>21.0</v>
       </c>
       <c r="B22" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C22" s="17" t="s">
         <v>88</v>
       </c>
       <c r="D22" s="18" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E22" s="18" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="9" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="G22" s="18" t="s">
         <v>97</v>
       </c>
       <c r="H22" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I22" s="18">
         <v>4.0</v>
       </c>
       <c r="J22" s="17" t="s">
         <v>32</v>
       </c>
       <c r="K22" s="17" t="s">
         <v>27</v>
       </c>
       <c r="L22" s="24">
         <v>45505.0</v>
       </c>
       <c r="M22" s="17" t="s">
         <v>30</v>
       </c>
       <c r="N22" s="25">
         <v>44966.0</v>
       </c>
       <c r="O22" s="22" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="P22" s="33">
         <v>44966.0</v>
       </c>
       <c r="Q22" s="23"/>
       <c r="R22" s="23"/>
       <c r="S22" s="22" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1">
         <v>22.0</v>
       </c>
       <c r="B23" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C23" s="17" t="s">
         <v>88</v>
       </c>
       <c r="D23" s="18" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E23" s="18" t="s">
         <v>33</v>
       </c>
       <c r="F23" s="9" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="G23" s="18" t="s">
         <v>97</v>
       </c>
       <c r="H23" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I23" s="18">
         <v>4.0</v>
       </c>
       <c r="J23" s="17" t="s">
         <v>109</v>
       </c>
       <c r="K23" s="17" t="s">
         <v>27</v>
       </c>
       <c r="L23" s="24">
         <v>45505.0</v>
       </c>
       <c r="M23" s="17" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="N23" s="22" t="s">
         <v>115</v>
       </c>
       <c r="O23" s="22" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="P23" s="22" t="s">
         <v>115</v>
       </c>
       <c r="Q23" s="23"/>
       <c r="R23" s="23"/>
       <c r="S23" s="22" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1">
         <v>23.0</v>
       </c>
       <c r="B24" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C24" s="17" t="s">
         <v>88</v>
       </c>
       <c r="D24" s="9" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E24" s="18" t="s">
         <v>44</v>
       </c>
       <c r="F24" s="18" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G24" s="18" t="s">
-        <v>128</v>
+        <v>189</v>
       </c>
       <c r="H24" s="17" t="s">
         <v>47</v>
       </c>
       <c r="I24" s="9">
         <v>4.0</v>
       </c>
       <c r="J24" s="17" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K24" s="10" t="s">
         <v>27</v>
       </c>
       <c r="L24" s="17" t="s">
         <v>129</v>
       </c>
       <c r="M24" s="17" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="N24" s="32">
         <v>45813.0</v>
       </c>
       <c r="O24" s="22" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="P24" s="32">
         <v>45813.0</v>
       </c>
       <c r="Q24" s="23" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="R24" s="23"/>
       <c r="S24" s="22" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1">
         <v>24.0</v>
       </c>
       <c r="B25" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C25" s="17" t="s">
         <v>88</v>
       </c>
       <c r="D25" s="18" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="E25" s="18" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="10" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="G25" s="17" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="H25" s="18" t="s">
         <v>36</v>
       </c>
       <c r="I25" s="18">
         <v>4.0</v>
       </c>
       <c r="J25" s="17" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="K25" s="17" t="s">
         <v>27</v>
       </c>
       <c r="L25" s="17" t="s">
         <v>115</v>
       </c>
       <c r="M25" s="17" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="N25" s="22" t="s">
         <v>107</v>
       </c>
       <c r="O25" s="22" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="P25" s="22" t="s">
         <v>107</v>
       </c>
       <c r="Q25" s="23"/>
       <c r="R25" s="23"/>
       <c r="S25" s="22" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1">
         <v>25.0</v>
       </c>
       <c r="B26" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C26" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D26" s="18" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="E26" s="18" t="s">
         <v>33</v>
       </c>
       <c r="F26" s="10" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="G26" s="17" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="H26" s="18" t="s">
         <v>36</v>
       </c>
       <c r="I26" s="18">
         <v>4.0</v>
       </c>
       <c r="J26" s="17" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="K26" s="17" t="s">
         <v>38</v>
       </c>
       <c r="L26" s="24">
         <v>45694.0</v>
       </c>
       <c r="M26" s="17" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="N26" s="25">
         <v>45505.0</v>
       </c>
       <c r="O26" s="22" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="P26" s="32">
         <v>45505.0</v>
       </c>
       <c r="Q26" s="23"/>
       <c r="R26" s="23"/>
       <c r="S26" s="22" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1">
         <v>26.0</v>
       </c>
       <c r="B27" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C27" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D27" s="18" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="E27" s="18" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="F27" s="10" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="G27" s="17" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="H27" s="17" t="s">
         <v>47</v>
       </c>
       <c r="I27" s="18">
         <v>4.0</v>
       </c>
       <c r="J27" s="17" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="K27" s="17" t="s">
         <v>62</v>
       </c>
       <c r="L27" s="24">
         <v>45813.0</v>
       </c>
       <c r="M27" s="17" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="N27" s="27">
         <v>45810.0</v>
       </c>
       <c r="O27" s="22" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="P27" s="27">
         <v>45810.0</v>
       </c>
       <c r="Q27" s="23"/>
       <c r="R27" s="23"/>
       <c r="S27" s="22" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1">
         <v>27.0</v>
       </c>
       <c r="B28" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C28" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D28" s="18" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E28" s="18" t="s">
         <v>9</v>
       </c>
       <c r="F28" s="9" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="G28" s="18" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="H28" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I28" s="18">
         <v>4.0</v>
       </c>
       <c r="J28" s="17" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="K28" s="17" t="s">
         <v>27</v>
       </c>
       <c r="L28" s="17" t="s">
         <v>50</v>
       </c>
       <c r="M28" s="17" t="s">
         <v>132</v>
       </c>
       <c r="N28" s="22" t="s">
         <v>129</v>
       </c>
       <c r="O28" s="22" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="P28" s="22" t="s">
         <v>129</v>
       </c>
       <c r="Q28" s="23"/>
       <c r="R28" s="23"/>
       <c r="S28" s="22" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1">
         <v>28.0</v>
       </c>
       <c r="B29" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C29" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D29" s="18" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="E29" s="18" t="s">
         <v>9</v>
       </c>
       <c r="F29" s="9" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="G29" s="18" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="H29" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I29" s="18">
         <v>5.0</v>
       </c>
       <c r="J29" s="17" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="K29" s="17" t="s">
         <v>38</v>
       </c>
       <c r="L29" s="24" t="s">
         <v>71</v>
       </c>
       <c r="M29" s="17" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="N29" s="20">
         <v>43069.0</v>
       </c>
       <c r="O29" s="21" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="P29" s="32">
         <v>43070.0</v>
       </c>
       <c r="Q29" s="23"/>
       <c r="R29" s="23"/>
       <c r="S29" s="22" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1">
         <v>29.0</v>
       </c>
       <c r="B30" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C30" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D30" s="18" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="E30" s="18" t="s">
         <v>9</v>
       </c>
       <c r="F30" s="9" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="G30" s="18" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="H30" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I30" s="18">
         <v>5.0</v>
       </c>
       <c r="J30" s="18" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="K30" s="18" t="s">
         <v>49</v>
       </c>
       <c r="L30" s="19">
         <v>40507.0</v>
       </c>
       <c r="M30" s="18" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="N30" s="20" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="O30" s="21" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="P30" s="21"/>
       <c r="Q30" s="23"/>
       <c r="R30" s="23"/>
       <c r="S30" s="21" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1">
         <v>30.0</v>
       </c>
       <c r="B31" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C31" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D31" s="18" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="E31" s="18" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="F31" s="9" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="G31" s="18" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="H31" s="18" t="s">
         <v>36</v>
       </c>
       <c r="I31" s="18">
         <v>5.0</v>
       </c>
       <c r="J31" s="18" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="K31" s="18" t="s">
         <v>49</v>
       </c>
       <c r="L31" s="24">
         <v>40505.0</v>
       </c>
       <c r="M31" s="18" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="N31" s="20" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="O31" s="21" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="P31" s="21"/>
       <c r="Q31" s="23"/>
       <c r="R31" s="23"/>
       <c r="S31" s="21" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1">
         <v>31.0</v>
       </c>
       <c r="B32" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C32" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D32" s="18" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="E32" s="18" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F32" s="9" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="G32" s="18" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="H32" s="18" t="s">
         <v>47</v>
       </c>
       <c r="I32" s="18">
         <v>5.0</v>
       </c>
       <c r="J32" s="18" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="K32" s="17" t="s">
         <v>62</v>
       </c>
       <c r="L32" s="24" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="M32" s="17" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="N32" s="25" t="s">
         <v>91</v>
       </c>
       <c r="O32" s="22" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="P32" s="22" t="s">
         <v>91</v>
       </c>
       <c r="Q32" s="23"/>
       <c r="R32" s="23"/>
       <c r="S32" s="31" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1">
         <v>32.0</v>
       </c>
       <c r="B33" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C33" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D33" s="18" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="E33" s="18" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="F33" s="9" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="G33" s="18" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="H33" s="18" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="I33" s="18">
         <v>5.0</v>
       </c>
       <c r="J33" s="18" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="K33" s="17" t="s">
         <v>38</v>
       </c>
       <c r="L33" s="24" t="s">
         <v>91</v>
       </c>
       <c r="M33" s="17" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="N33" s="25" t="s">
         <v>71</v>
       </c>
       <c r="O33" s="22" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="P33" s="22" t="s">
         <v>71</v>
       </c>
       <c r="Q33" s="23"/>
       <c r="R33" s="23"/>
       <c r="S33" s="22" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="1">
         <v>33.0</v>
       </c>
       <c r="B34" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C34" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D34" s="18" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="E34" s="18" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F34" s="10" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="G34" s="17" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="H34" s="18" t="s">
         <v>36</v>
       </c>
       <c r="I34" s="18">
         <v>5.0</v>
       </c>
       <c r="J34" s="17" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="K34" s="17" t="s">
         <v>38</v>
       </c>
       <c r="L34" s="24">
         <v>45813.0</v>
       </c>
       <c r="M34" s="17" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="N34" s="25">
         <v>45694.0</v>
       </c>
       <c r="O34" s="22" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="P34" s="32">
         <v>45694.0</v>
       </c>
       <c r="Q34" s="17" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="R34" s="23"/>
       <c r="S34" s="22" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1">
         <v>34.0</v>
       </c>
       <c r="B35" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C35" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D35" s="18" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="E35" s="18" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="F35" s="9" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="G35" s="18" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="H35" s="18" t="s">
         <v>47</v>
       </c>
       <c r="I35" s="18">
         <v>5.0</v>
       </c>
       <c r="J35" s="17" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="K35" s="17" t="s">
         <v>38</v>
       </c>
       <c r="L35" s="17" t="s">
         <v>129</v>
       </c>
       <c r="M35" s="17" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="N35" s="25">
         <v>45813.0</v>
       </c>
       <c r="O35" s="22" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="P35" s="32">
         <v>45813.0</v>
       </c>
       <c r="Q35" s="23"/>
       <c r="R35" s="23"/>
       <c r="S35" s="22" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="1">
         <v>35.0</v>
       </c>
       <c r="B36" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C36" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D36" s="18" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="E36" s="18" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F36" s="10" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="G36" s="17" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="H36" s="18" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="I36" s="18">
         <v>5.0</v>
       </c>
       <c r="J36" s="17" t="s">
         <v>42</v>
       </c>
       <c r="K36" s="17" t="s">
         <v>27</v>
       </c>
       <c r="L36" s="17" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="M36" s="17" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="N36" s="25" t="s">
         <v>91</v>
       </c>
       <c r="O36" s="22" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="P36" s="22" t="s">
         <v>91</v>
       </c>
       <c r="Q36" s="17" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="R36" s="23"/>
       <c r="S36" s="31" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1">
         <v>36.0</v>
       </c>
       <c r="B37" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C37" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D37" s="18" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="E37" s="17" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="F37" s="10" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="G37" s="17" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="H37" s="18" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="I37" s="18">
         <v>5.0</v>
       </c>
       <c r="J37" s="17" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="K37" s="17" t="s">
         <v>62</v>
       </c>
       <c r="L37" s="28">
         <v>45022.0</v>
       </c>
       <c r="M37" s="17" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="N37" s="32">
         <v>44931.0</v>
       </c>
       <c r="O37" s="22" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="P37" s="32">
         <v>44931.0</v>
       </c>
       <c r="Q37" s="17" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="R37" s="23"/>
       <c r="S37" s="22" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="8">
         <v>37.0</v>
       </c>
       <c r="B38" s="9" t="s">
         <v>19</v>
       </c>
       <c r="C38" s="9" t="s">
         <v>20</v>
       </c>
       <c r="D38" s="9" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="E38" s="9" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="F38" s="10" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="G38" s="10" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="H38" s="9" t="s">
         <v>47</v>
       </c>
       <c r="I38" s="9">
         <v>5.0</v>
       </c>
       <c r="J38" s="9" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="K38" s="9" t="s">
         <v>49</v>
       </c>
       <c r="L38" s="34">
         <v>33660.0</v>
       </c>
       <c r="M38" s="9" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="N38" s="35" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="O38" s="36" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="P38" s="36"/>
       <c r="Q38" s="10" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="R38" s="15"/>
       <c r="S38" s="36" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="1">
         <v>38.0</v>
       </c>
       <c r="B39" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C39" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D39" s="9" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="E39" s="17" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="F39" s="18" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="G39" s="17" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="H39" s="18" t="s">
         <v>36</v>
       </c>
       <c r="I39" s="9">
         <v>5.0</v>
       </c>
       <c r="J39" s="10" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="K39" s="9" t="s">
         <v>27</v>
       </c>
       <c r="L39" s="19">
         <v>43069.0</v>
       </c>
       <c r="M39" s="18" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="N39" s="20"/>
       <c r="O39" s="21"/>
       <c r="P39" s="21"/>
       <c r="Q39" s="17" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="R39" s="23"/>
       <c r="S39" s="31"/>
     </row>
     <row r="40">
       <c r="A40" s="1">
         <v>39.0</v>
       </c>
       <c r="B40" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C40" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D40" s="18" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="E40" s="18" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="F40" s="9" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="G40" s="18" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="H40" s="18" t="s">
         <v>47</v>
       </c>
       <c r="I40" s="18">
         <v>5.0</v>
       </c>
       <c r="J40" s="17" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="K40" s="17" t="s">
         <v>27</v>
       </c>
       <c r="L40" s="24">
         <v>44931.0</v>
       </c>
       <c r="M40" s="17" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="N40" s="22" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="O40" s="22" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="P40" s="32">
         <v>45068.0</v>
       </c>
       <c r="Q40" s="23"/>
       <c r="R40" s="23"/>
       <c r="S40" s="22" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="8">
         <v>40.0</v>
       </c>
       <c r="B41" s="10" t="s">
         <v>19</v>
       </c>
       <c r="C41" s="10" t="s">
         <v>20</v>
       </c>
       <c r="D41" s="10" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="E41" s="10" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="F41" s="10" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="G41" s="10" t="s">
         <v>46</v>
       </c>
       <c r="H41" s="10" t="s">
         <v>47</v>
       </c>
       <c r="I41" s="10">
         <v>5.0</v>
       </c>
       <c r="J41" s="18" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="K41" s="10" t="s">
         <v>27</v>
       </c>
       <c r="L41" s="14" t="s">
         <v>91</v>
       </c>
       <c r="M41" s="10" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="N41" s="11">
         <v>44256.0</v>
       </c>
       <c r="O41" s="12"/>
       <c r="P41" s="12"/>
       <c r="Q41" s="17" t="s">
         <v>54</v>
       </c>
       <c r="R41" s="15"/>
       <c r="S41" s="36"/>
     </row>
     <row r="42">
       <c r="A42" s="1">
         <v>41.0</v>
       </c>
       <c r="B42" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C42" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D42" s="18" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="E42" s="18" t="s">
         <v>9</v>
       </c>
       <c r="F42" s="9" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="G42" s="18" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="H42" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I42" s="18">
         <v>6.0</v>
       </c>
       <c r="J42" s="17" t="s">
         <v>98</v>
       </c>
       <c r="K42" s="18" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="L42" s="19">
         <v>35784.0</v>
       </c>
       <c r="M42" s="18" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="N42" s="22" t="s">
         <v>115</v>
       </c>
       <c r="O42" s="22" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="P42" s="22" t="s">
         <v>115</v>
       </c>
       <c r="Q42" s="23"/>
       <c r="R42" s="23"/>
       <c r="S42" s="22" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="1">
         <v>42.0</v>
       </c>
       <c r="B43" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C43" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D43" s="18" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="E43" s="18" t="s">
         <v>22</v>
       </c>
-      <c r="F43" s="9" t="s">
-[...3 lines deleted...]
-        <v>209</v>
+      <c r="F43" s="10" t="s">
+        <v>288</v>
+      </c>
+      <c r="G43" s="17" t="s">
+        <v>289</v>
       </c>
       <c r="H43" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I43" s="18">
         <v>6.0</v>
       </c>
       <c r="J43" s="17" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="K43" s="17" t="s">
         <v>62</v>
       </c>
       <c r="L43" s="17" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="M43" s="37" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="N43" s="20">
         <v>43069.0</v>
       </c>
       <c r="O43" s="21" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="P43" s="32">
         <v>43070.0</v>
       </c>
       <c r="Q43" s="23"/>
       <c r="R43" s="23"/>
       <c r="S43" s="21" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="1">
         <v>43.0</v>
       </c>
       <c r="B44" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C44" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D44" s="18" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="E44" s="18" t="s">
         <v>33</v>
       </c>
-      <c r="F44" s="9" t="s">
-[...3 lines deleted...]
-        <v>209</v>
+      <c r="F44" s="10" t="s">
+        <v>294</v>
+      </c>
+      <c r="G44" s="17" t="s">
+        <v>289</v>
       </c>
       <c r="H44" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I44" s="18">
         <v>6.0</v>
       </c>
       <c r="J44" s="17" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="K44" s="17" t="s">
         <v>62</v>
       </c>
       <c r="L44" s="17" t="s">
         <v>115</v>
       </c>
       <c r="M44" s="17" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="N44" s="32">
         <v>44931.0</v>
       </c>
       <c r="O44" s="22" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="P44" s="32">
         <v>44931.0</v>
       </c>
       <c r="Q44" s="23"/>
       <c r="R44" s="23"/>
       <c r="S44" s="22" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="1">
         <v>44.0</v>
       </c>
       <c r="B45" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C45" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D45" s="18" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="E45" s="18" t="s">
         <v>9</v>
       </c>
       <c r="F45" s="9" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="G45" s="18" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="H45" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I45" s="18">
         <v>6.0</v>
       </c>
       <c r="J45" s="18" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="K45" s="18" t="s">
         <v>62</v>
       </c>
       <c r="L45" s="19">
         <v>43069.0</v>
       </c>
       <c r="M45" s="18" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="N45" s="20">
         <v>42908.0</v>
       </c>
       <c r="O45" s="21" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="P45" s="22" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="Q45" s="23"/>
       <c r="R45" s="23"/>
       <c r="S45" s="31" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="1">
         <v>45.0</v>
       </c>
       <c r="B46" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C46" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D46" s="18" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="E46" s="18" t="s">
-        <v>223</v>
-[...5 lines deleted...]
-        <v>304</v>
+        <v>225</v>
+      </c>
+      <c r="F46" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="G46" s="17" t="s">
+        <v>307</v>
       </c>
       <c r="H46" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I46" s="18">
         <v>6.0</v>
       </c>
       <c r="J46" s="17" t="s">
         <v>73</v>
       </c>
       <c r="K46" s="17" t="s">
         <v>27</v>
       </c>
       <c r="L46" s="24">
         <v>44931.0</v>
       </c>
       <c r="M46" s="17" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="N46" s="22" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="O46" s="22" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="P46" s="22" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="Q46" s="23"/>
       <c r="R46" s="23"/>
       <c r="S46" s="22" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="1">
         <v>46.0</v>
       </c>
       <c r="B47" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C47" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D47" s="18" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="E47" s="18" t="s">
+        <v>310</v>
+      </c>
+      <c r="F47" s="10" t="s">
+        <v>311</v>
+      </c>
+      <c r="G47" s="17" t="s">
         <v>307</v>
-      </c>
-[...4 lines deleted...]
-        <v>304</v>
       </c>
       <c r="H47" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I47" s="18">
         <v>6.0</v>
       </c>
       <c r="J47" s="17" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="K47" s="17" t="s">
         <v>27</v>
       </c>
       <c r="L47" s="24">
         <v>44287.0</v>
       </c>
       <c r="M47" s="17" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="N47" s="20">
         <v>41538.0</v>
       </c>
       <c r="O47" s="21" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="P47" s="22" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="Q47" s="23"/>
       <c r="R47" s="23"/>
       <c r="S47" s="31" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="1">
         <v>47.0</v>
       </c>
       <c r="B48" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C48" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D48" s="18" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="E48" s="18" t="s">
-        <v>242</v>
-[...2 lines deleted...]
-        <v>314</v>
+        <v>244</v>
+      </c>
+      <c r="F48" s="10" t="s">
+        <v>317</v>
       </c>
       <c r="G48" s="17" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="H48" s="18" t="s">
         <v>36</v>
       </c>
       <c r="I48" s="18">
         <v>6.0</v>
       </c>
       <c r="J48" s="17" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="K48" s="17" t="s">
         <v>49</v>
       </c>
       <c r="L48" s="24" t="s">
         <v>71</v>
       </c>
       <c r="M48" s="17" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="N48" s="25">
         <v>43578.0</v>
       </c>
       <c r="O48" s="22" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="P48" s="22" t="s">
         <v>41</v>
       </c>
       <c r="Q48" s="23"/>
       <c r="R48" s="23"/>
       <c r="S48" s="31" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="1">
         <v>48.0</v>
       </c>
       <c r="B49" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C49" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D49" s="18" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="E49" s="18" t="s">
-        <v>320</v>
-[...2 lines deleted...]
-        <v>321</v>
+        <v>323</v>
+      </c>
+      <c r="F49" s="10" t="s">
+        <v>324</v>
       </c>
       <c r="G49" s="17" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="H49" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I49" s="18">
         <v>6.0</v>
       </c>
       <c r="J49" s="18" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="K49" s="18" t="s">
         <v>27</v>
       </c>
       <c r="L49" s="19">
         <v>41538.0</v>
       </c>
       <c r="M49" s="18" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="N49" s="20" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="O49" s="21" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="P49" s="21"/>
       <c r="Q49" s="23"/>
       <c r="R49" s="23"/>
       <c r="S49" s="21" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="1">
         <v>49.0</v>
       </c>
       <c r="B50" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C50" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D50" s="18" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="E50" s="18" t="s">
         <v>9</v>
       </c>
       <c r="F50" s="9" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="G50" s="18" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="H50" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I50" s="18">
         <v>6.0</v>
       </c>
       <c r="J50" s="17" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="K50" s="17" t="s">
         <v>27</v>
       </c>
       <c r="L50" s="17" t="s">
         <v>129</v>
       </c>
       <c r="M50" s="17" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="N50" s="25">
         <v>45813.0</v>
       </c>
       <c r="O50" s="22" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="P50" s="27">
         <v>45783.0</v>
       </c>
       <c r="Q50" s="23"/>
       <c r="R50" s="23"/>
       <c r="S50" s="38" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="1">
         <v>50.0</v>
       </c>
       <c r="B51" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C51" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D51" s="18" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="E51" s="18" t="s">
         <v>22</v>
       </c>
       <c r="F51" s="9" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="G51" s="17" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="H51" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I51" s="18">
         <v>7.0</v>
       </c>
       <c r="J51" s="17" t="s">
         <v>118</v>
       </c>
       <c r="K51" s="17" t="s">
         <v>27</v>
       </c>
       <c r="L51" s="24">
         <v>45813.0</v>
       </c>
       <c r="M51" s="17" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="N51" s="25">
         <v>45694.0</v>
       </c>
       <c r="O51" s="22" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="P51" s="27">
         <v>45810.0</v>
       </c>
       <c r="Q51" s="23"/>
       <c r="R51" s="23"/>
       <c r="S51" s="22" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="1">
         <v>51.0</v>
       </c>
       <c r="B52" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C52" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D52" s="18" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="E52" s="18" t="s">
         <v>33</v>
       </c>
       <c r="F52" s="9" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="G52" s="17" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="H52" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I52" s="18">
         <v>7.0</v>
       </c>
       <c r="J52" s="17" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="K52" s="17" t="s">
         <v>62</v>
       </c>
       <c r="L52" s="24">
         <v>45505.0</v>
       </c>
       <c r="M52" s="17" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="N52" s="25">
         <v>44287.0</v>
       </c>
       <c r="O52" s="22" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="P52" s="27">
         <v>44320.0</v>
       </c>
       <c r="Q52" s="23"/>
       <c r="R52" s="23"/>
       <c r="S52" s="31" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="1">
         <v>52.0</v>
       </c>
       <c r="B53" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C53" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D53" s="18" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="E53" s="18" t="s">
         <v>22</v>
       </c>
       <c r="F53" s="9" t="s">
-        <v>286</v>
+        <v>345</v>
       </c>
       <c r="G53" s="18" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="H53" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I53" s="18">
         <v>7.0</v>
       </c>
       <c r="J53" s="18" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="K53" s="18" t="s">
         <v>49</v>
       </c>
       <c r="L53" s="19">
         <v>35314.0</v>
       </c>
       <c r="M53" s="18" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="N53" s="20" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="O53" s="21" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="P53" s="21"/>
       <c r="Q53" s="23"/>
       <c r="R53" s="23"/>
       <c r="S53" s="21" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="1">
         <v>53.0</v>
       </c>
       <c r="B54" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C54" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D54" s="18" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="E54" s="18" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="F54" s="10" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="G54" s="17" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="H54" s="18" t="s">
         <v>36</v>
       </c>
       <c r="I54" s="18">
         <v>7.0</v>
       </c>
       <c r="J54" s="18" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="K54" s="18" t="s">
         <v>62</v>
       </c>
       <c r="L54" s="19">
         <v>42081.0</v>
       </c>
       <c r="M54" s="18" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="N54" s="20" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="O54" s="21" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="P54" s="21"/>
       <c r="Q54" s="23" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="R54" s="23"/>
       <c r="S54" s="21" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="1">
         <v>54.0</v>
       </c>
       <c r="B55" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C55" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D55" s="18" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="E55" s="18" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F55" s="10" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="G55" s="17" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="H55" s="18" t="s">
         <v>36</v>
       </c>
       <c r="I55" s="18">
         <v>7.0</v>
       </c>
       <c r="J55" s="17" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="K55" s="17" t="s">
         <v>62</v>
       </c>
       <c r="L55" s="24">
         <v>43578.0</v>
       </c>
       <c r="M55" s="17" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="N55" s="25">
         <v>43418.0</v>
       </c>
       <c r="O55" s="21" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="P55" s="22" t="s">
         <v>86</v>
       </c>
       <c r="Q55" s="23" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="R55" s="23"/>
       <c r="S55" s="31" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="1">
         <v>55.0</v>
       </c>
       <c r="B56" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C56" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D56" s="18" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="E56" s="18" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="F56" s="10" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="G56" s="17" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="H56" s="18" t="s">
         <v>36</v>
       </c>
       <c r="I56" s="18">
         <v>7.0</v>
       </c>
       <c r="J56" s="17" t="s">
         <v>94</v>
       </c>
       <c r="K56" s="17" t="s">
         <v>38</v>
       </c>
       <c r="L56" s="17" t="s">
         <v>50</v>
       </c>
       <c r="M56" s="17" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="N56" s="22" t="s">
         <v>129</v>
       </c>
       <c r="O56" s="22" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="P56" s="22" t="s">
         <v>129</v>
       </c>
       <c r="Q56" s="23" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="R56" s="23"/>
       <c r="S56" s="22" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="1">
         <v>56.0</v>
       </c>
       <c r="B57" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C57" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D57" s="18" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="E57" s="17" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="F57" s="10" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="G57" s="17" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="H57" s="18" t="s">
         <v>47</v>
       </c>
       <c r="I57" s="18">
         <v>7.0</v>
       </c>
       <c r="J57" s="17" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="K57" s="17" t="s">
         <v>49</v>
       </c>
       <c r="L57" s="24" t="s">
         <v>91</v>
       </c>
       <c r="M57" s="17" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="N57" s="25">
         <v>44287.0</v>
       </c>
       <c r="O57" s="22" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="P57" s="27">
         <v>44320.0</v>
       </c>
       <c r="Q57" s="17" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="R57" s="23"/>
       <c r="S57" s="22" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="1">
         <v>57.0</v>
       </c>
       <c r="B58" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C58" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D58" s="18" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="E58" s="18" t="s">
         <v>9</v>
       </c>
       <c r="F58" s="9" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="G58" s="18" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="H58" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I58" s="18">
         <v>8.0</v>
       </c>
       <c r="J58" s="17" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="K58" s="17" t="s">
         <v>27</v>
       </c>
       <c r="L58" s="24">
         <v>43578.0</v>
       </c>
       <c r="M58" s="17" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="N58" s="25">
         <v>43418.0</v>
       </c>
       <c r="O58" s="21" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="P58" s="22" t="s">
         <v>86</v>
       </c>
       <c r="Q58" s="23"/>
       <c r="R58" s="23"/>
       <c r="S58" s="31" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="1">
         <v>58.0</v>
       </c>
       <c r="B59" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C59" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D59" s="18" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="E59" s="18" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="F59" s="10" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="G59" s="17" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="H59" s="18" t="s">
         <v>36</v>
       </c>
       <c r="I59" s="18">
         <v>8.0</v>
       </c>
       <c r="J59" s="18" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="K59" s="18" t="s">
         <v>27</v>
       </c>
       <c r="L59" s="24">
         <v>43418.0</v>
       </c>
       <c r="M59" s="18" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="N59" s="20">
         <v>41094.0</v>
       </c>
       <c r="O59" s="21" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="P59" s="32">
         <v>41094.0</v>
       </c>
       <c r="Q59" s="23"/>
       <c r="R59" s="23"/>
       <c r="S59" s="31" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="1">
         <v>59.0</v>
       </c>
       <c r="B60" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C60" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D60" s="18" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="E60" s="18" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="F60" s="10" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="G60" s="17" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="H60" s="18" t="s">
         <v>47</v>
       </c>
       <c r="I60" s="18">
         <v>8.0</v>
       </c>
       <c r="J60" s="18" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="K60" s="18" t="s">
         <v>62</v>
       </c>
       <c r="L60" s="19">
         <v>43125.0</v>
       </c>
       <c r="M60" s="18" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="N60" s="20">
         <v>43069.0</v>
       </c>
       <c r="O60" s="21" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="P60" s="32">
         <v>43070.0</v>
       </c>
       <c r="Q60" s="23"/>
       <c r="R60" s="23"/>
       <c r="S60" s="21" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="1">
         <v>60.0</v>
       </c>
       <c r="B61" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C61" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D61" s="18" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="E61" s="18" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="F61" s="10" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="G61" s="17" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="H61" s="18" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="I61" s="18">
         <v>8.0</v>
       </c>
       <c r="J61" s="17" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="K61" s="17" t="s">
         <v>62</v>
       </c>
       <c r="L61" s="24">
         <v>43578.0</v>
       </c>
       <c r="M61" s="17" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="N61" s="25">
         <v>43418.0</v>
       </c>
       <c r="O61" s="21" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="P61" s="22" t="s">
         <v>86</v>
       </c>
       <c r="Q61" s="23"/>
       <c r="R61" s="23"/>
       <c r="S61" s="31" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="1">
         <v>61.0</v>
       </c>
       <c r="B62" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C62" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D62" s="18" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="E62" s="17" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="F62" s="10" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="G62" s="17" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="H62" s="18" t="s">
         <v>36</v>
       </c>
       <c r="I62" s="18">
         <v>8.0</v>
       </c>
       <c r="J62" s="17" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="K62" s="17" t="s">
         <v>38</v>
       </c>
       <c r="L62" s="17" t="s">
         <v>129</v>
       </c>
       <c r="M62" s="17" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="N62" s="20">
         <v>41948.0</v>
       </c>
       <c r="O62" s="21" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="P62" s="22" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="Q62" s="23"/>
       <c r="R62" s="23"/>
       <c r="S62" s="31" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="1">
         <v>62.0</v>
       </c>
       <c r="B63" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C63" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D63" s="18" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="E63" s="18" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="F63" s="10" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="G63" s="17" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="H63" s="18" t="s">
         <v>47</v>
       </c>
       <c r="I63" s="18">
         <v>8.0</v>
       </c>
       <c r="J63" s="17" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="K63" s="17" t="s">
         <v>38</v>
       </c>
       <c r="L63" s="17" t="s">
         <v>50</v>
       </c>
       <c r="M63" s="17" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="N63" s="22" t="s">
         <v>129</v>
       </c>
       <c r="O63" s="22" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="P63" s="22" t="s">
         <v>129</v>
       </c>
       <c r="Q63" s="10" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="R63" s="23"/>
       <c r="S63" s="22" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="1">
         <v>63.0</v>
       </c>
       <c r="B64" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C64" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D64" s="18" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="E64" s="18" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F64" s="10" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="G64" s="17" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="H64" s="18" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="I64" s="18">
         <v>8.0</v>
       </c>
       <c r="J64" s="18" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="K64" s="18" t="s">
         <v>62</v>
       </c>
       <c r="L64" s="19">
         <v>41094.0</v>
       </c>
       <c r="M64" s="18" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="N64" s="20" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="O64" s="21" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="P64" s="21"/>
       <c r="Q64" s="23"/>
       <c r="R64" s="23"/>
       <c r="S64" s="21" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="1">
         <v>64.0</v>
       </c>
       <c r="B65" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C65" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D65" s="18" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="E65" s="18" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="F65" s="10" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="G65" s="17" t="s">
-        <v>378</v>
+        <v>408</v>
       </c>
       <c r="H65" s="18" t="s">
         <v>47</v>
       </c>
       <c r="I65" s="18">
         <v>8.0</v>
       </c>
       <c r="J65" s="17" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="K65" s="17" t="s">
         <v>27</v>
       </c>
       <c r="L65" s="24">
         <v>44287.0</v>
       </c>
       <c r="M65" s="17" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
       <c r="N65" s="25">
         <v>43578.0</v>
       </c>
       <c r="O65" s="22" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
       <c r="P65" s="22" t="s">
         <v>41</v>
       </c>
       <c r="Q65" s="23"/>
       <c r="R65" s="23"/>
       <c r="S65" s="22" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="1">
         <v>65.0</v>
       </c>
       <c r="B66" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C66" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D66" s="18" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="E66" s="18" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="F66" s="10" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
       <c r="G66" s="17" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="H66" s="18" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="I66" s="18">
         <v>8.0</v>
       </c>
       <c r="J66" s="17" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
       <c r="K66" s="17" t="s">
         <v>49</v>
       </c>
       <c r="L66" s="24">
         <v>43578.0</v>
       </c>
       <c r="M66" s="17" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
       <c r="N66" s="20">
         <v>43069.0</v>
       </c>
       <c r="O66" s="21" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
       <c r="P66" s="32">
         <v>43070.0</v>
       </c>
       <c r="Q66" s="23"/>
       <c r="R66" s="23"/>
       <c r="S66" s="21" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="1">
         <v>66.0</v>
       </c>
       <c r="B67" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C67" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D67" s="18" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="E67" s="18" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="F67" s="10" t="s">
-        <v>415</v>
+        <v>420</v>
       </c>
       <c r="G67" s="17" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="H67" s="18" t="s">
         <v>47</v>
       </c>
       <c r="I67" s="18">
         <v>8.0</v>
       </c>
       <c r="J67" s="17" t="s">
         <v>98</v>
       </c>
       <c r="K67" s="17" t="s">
         <v>38</v>
       </c>
       <c r="L67" s="17" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="M67" s="17" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="N67" s="22" t="s">
         <v>129</v>
       </c>
       <c r="O67" s="22" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="P67" s="22" t="s">
         <v>129</v>
       </c>
       <c r="Q67" s="10" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="R67" s="23"/>
       <c r="S67" s="22" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="1">
         <v>67.0</v>
       </c>
       <c r="B68" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C68" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D68" s="18" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="E68" s="18" t="s">
         <v>22</v>
       </c>
       <c r="F68" s="9" t="s">
-        <v>421</v>
+        <v>426</v>
       </c>
       <c r="G68" s="18" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
       <c r="H68" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I68" s="18">
         <v>8.0</v>
       </c>
       <c r="J68" s="17" t="s">
         <v>98</v>
       </c>
       <c r="K68" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L68" s="24">
         <v>43418.0</v>
       </c>
       <c r="M68" s="18" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="N68" s="22" t="s">
         <v>50</v>
       </c>
       <c r="O68" s="22" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="P68" s="22" t="s">
         <v>101</v>
       </c>
       <c r="Q68" s="23" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="R68" s="23"/>
       <c r="S68" s="22" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="1">
         <v>68.0</v>
       </c>
       <c r="B69" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C69" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D69" s="18" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="E69" s="18" t="s">
         <v>33</v>
       </c>
       <c r="F69" s="9" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="G69" s="18" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="H69" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I69" s="18">
         <v>8.0</v>
       </c>
       <c r="J69" s="18" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="K69" s="18" t="s">
         <v>62</v>
       </c>
       <c r="L69" s="19">
         <v>43069.0</v>
       </c>
       <c r="M69" s="18" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="N69" s="25">
         <v>42957.0</v>
       </c>
       <c r="O69" s="22" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="P69" s="32">
         <v>42957.0</v>
       </c>
       <c r="Q69" s="23" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="R69" s="23"/>
       <c r="S69" s="29" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="1">
         <v>69.0</v>
       </c>
       <c r="B70" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C70" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D70" s="18" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="E70" s="18" t="s">
-        <v>433</v>
+        <v>438</v>
       </c>
       <c r="F70" s="9" t="s">
-        <v>434</v>
+        <v>439</v>
       </c>
       <c r="G70" s="17" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
       <c r="H70" s="18" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
       <c r="I70" s="18">
         <v>8.0</v>
       </c>
       <c r="J70" s="18" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
       <c r="K70" s="18" t="s">
         <v>49</v>
       </c>
       <c r="L70" s="19">
         <v>41948.0</v>
       </c>
       <c r="M70" s="18" t="s">
-        <v>438</v>
+        <v>443</v>
       </c>
       <c r="N70" s="20" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="O70" s="21" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="P70" s="21"/>
       <c r="Q70" s="23" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="R70" s="23"/>
       <c r="S70" s="21" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="1">
         <v>70.0</v>
       </c>
       <c r="B71" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C71" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D71" s="18" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="E71" s="18" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="F71" s="9" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
       <c r="G71" s="18" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="H71" s="18" t="s">
         <v>47</v>
       </c>
       <c r="I71" s="18">
         <v>8.0</v>
       </c>
       <c r="J71" s="18" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="K71" s="18" t="s">
         <v>49</v>
       </c>
       <c r="L71" s="24">
         <v>43418.0</v>
       </c>
       <c r="M71" s="18" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="N71" s="20">
         <v>43125.0</v>
       </c>
       <c r="O71" s="31" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
       <c r="P71" s="22" t="s">
-        <v>444</v>
+        <v>449</v>
       </c>
       <c r="Q71" s="18"/>
       <c r="R71" s="23"/>
       <c r="S71" s="31" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="1">
         <v>71.0</v>
       </c>
       <c r="B72" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C72" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D72" s="18" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="E72" s="18" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F72" s="9" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="G72" s="18" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
       <c r="H72" s="18" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
       <c r="I72" s="18">
         <v>8.0</v>
       </c>
       <c r="J72" s="17" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
       <c r="K72" s="17" t="s">
         <v>62</v>
       </c>
       <c r="L72" s="24">
         <v>45813.0</v>
       </c>
       <c r="M72" s="17" t="s">
-        <v>448</v>
+        <v>453</v>
       </c>
       <c r="N72" s="25">
         <v>45694.0</v>
       </c>
       <c r="O72" s="22" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="P72" s="32">
         <v>45694.0</v>
       </c>
       <c r="Q72" s="23" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="R72" s="23"/>
       <c r="S72" s="22" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="1">
         <v>72.0</v>
       </c>
       <c r="B73" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C73" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D73" s="18" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="E73" s="18" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="F73" s="9" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
       <c r="G73" s="17" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="H73" s="18" t="s">
         <v>47</v>
       </c>
       <c r="I73" s="18">
         <v>8.0</v>
       </c>
       <c r="J73" s="17" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
       <c r="K73" s="17" t="s">
         <v>49</v>
       </c>
       <c r="L73" s="24" t="s">
         <v>71</v>
       </c>
       <c r="M73" s="17" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
       <c r="N73" s="25">
         <v>43578.0</v>
       </c>
       <c r="O73" s="22" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
       <c r="P73" s="22" t="s">
         <v>41</v>
       </c>
       <c r="Q73" s="23"/>
       <c r="R73" s="23"/>
       <c r="S73" s="22" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="1">
         <v>73.0</v>
       </c>
       <c r="B74" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C74" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D74" s="18" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="E74" s="18" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="F74" s="9" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="G74" s="18" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="H74" s="18" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
       <c r="I74" s="18">
         <v>8.0</v>
       </c>
       <c r="J74" s="17" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
       <c r="K74" s="17" t="s">
         <v>49</v>
       </c>
       <c r="L74" s="17" t="s">
         <v>107</v>
       </c>
       <c r="M74" s="17" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
       <c r="N74" s="22" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="O74" s="22" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="P74" s="22" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="Q74" s="23" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
       <c r="R74" s="23"/>
       <c r="S74" s="31" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="1">
         <v>74.0</v>
       </c>
       <c r="B75" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C75" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D75" s="18" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="E75" s="18" t="s">
         <v>9</v>
       </c>
       <c r="F75" s="9" t="s">
-        <v>462</v>
+        <v>467</v>
       </c>
       <c r="G75" s="18" t="s">
-        <v>463</v>
+        <v>468</v>
       </c>
       <c r="H75" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I75" s="18">
         <v>8.0</v>
       </c>
       <c r="J75" s="17" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="K75" s="17" t="s">
         <v>38</v>
       </c>
       <c r="L75" s="24" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="M75" s="17" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="N75" s="25">
         <v>44287.0</v>
       </c>
       <c r="O75" s="22" t="s">
-        <v>464</v>
+        <v>469</v>
       </c>
       <c r="P75" s="27">
         <v>44320.0</v>
       </c>
       <c r="Q75" s="23" t="s">
-        <v>465</v>
+        <v>470</v>
       </c>
       <c r="R75" s="23"/>
       <c r="S75" s="22" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="1">
         <v>75.0</v>
       </c>
       <c r="B76" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C76" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D76" s="18" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
       <c r="E76" s="18" t="s">
         <v>22</v>
       </c>
       <c r="F76" s="10" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="G76" s="17" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
       <c r="H76" s="17" t="s">
         <v>47</v>
       </c>
       <c r="I76" s="18">
         <v>9.0</v>
       </c>
       <c r="J76" s="17" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="K76" s="17" t="s">
         <v>38</v>
       </c>
       <c r="L76" s="24">
         <v>44287.0</v>
       </c>
       <c r="M76" s="17" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="N76" s="25">
         <v>43578.0</v>
       </c>
       <c r="O76" s="22" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="P76" s="22" t="s">
         <v>41</v>
       </c>
       <c r="Q76" s="10" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
       <c r="R76" s="23"/>
       <c r="S76" s="31" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="1">
         <v>76.0</v>
       </c>
       <c r="B77" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C77" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D77" s="18" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
       <c r="E77" s="18" t="s">
         <v>33</v>
       </c>
       <c r="F77" s="10" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
       <c r="G77" s="17" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
       <c r="H77" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I77" s="18">
         <v>9.0</v>
       </c>
       <c r="J77" s="17" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="K77" s="17" t="s">
         <v>38</v>
       </c>
       <c r="L77" s="24">
         <v>43578.0</v>
       </c>
       <c r="M77" s="17" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
       <c r="N77" s="20">
         <v>42908.0</v>
       </c>
       <c r="O77" s="21" t="s">
+        <v>481</v>
+      </c>
+      <c r="P77" s="22" t="s">
+        <v>303</v>
+      </c>
+      <c r="Q77" s="10" t="s">
         <v>476</v>
-      </c>
-[...4 lines deleted...]
-        <v>471</v>
       </c>
       <c r="R77" s="23"/>
       <c r="S77" s="31" t="s">
-        <v>477</v>
+        <v>482</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="1">
         <v>77.0</v>
       </c>
       <c r="B78" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C78" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D78" s="18" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
       <c r="E78" s="18" t="s">
         <v>44</v>
       </c>
       <c r="F78" s="10" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="G78" s="17" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="H78" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I78" s="18">
         <v>9.0</v>
       </c>
       <c r="J78" s="18" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="K78" s="18" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="L78" s="19">
         <v>43311.0</v>
       </c>
       <c r="M78" s="18" t="s">
-        <v>481</v>
+        <v>486</v>
       </c>
       <c r="N78" s="22" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="O78" s="22" t="s">
-        <v>481</v>
+        <v>486</v>
       </c>
       <c r="P78" s="22" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="Q78" s="10" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
       <c r="R78" s="23"/>
       <c r="S78" s="31" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="1">
         <v>78.0</v>
       </c>
       <c r="B79" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C79" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D79" s="18" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
       <c r="E79" s="18" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F79" s="10" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="G79" s="17" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="H79" s="17" t="s">
         <v>60</v>
       </c>
       <c r="I79" s="18">
         <v>9.0</v>
       </c>
       <c r="J79" s="18" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
       <c r="K79" s="18" t="s">
         <v>49</v>
       </c>
       <c r="L79" s="19">
         <v>42081.0</v>
       </c>
       <c r="M79" s="18" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="N79" s="20" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="O79" s="21" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="P79" s="21"/>
       <c r="Q79" s="10" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
       <c r="R79" s="23"/>
       <c r="S79" s="21" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="1">
         <v>79.0</v>
       </c>
       <c r="B80" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C80" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D80" s="18" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
       <c r="E80" s="18" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="F80" s="9" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="G80" s="18" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
       <c r="H80" s="18" t="s">
         <v>36</v>
       </c>
       <c r="I80" s="18">
         <v>9.0</v>
       </c>
       <c r="J80" s="18" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="K80" s="18" t="s">
         <v>49</v>
       </c>
       <c r="L80" s="19">
         <v>41094.0</v>
       </c>
       <c r="M80" s="18" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="N80" s="20" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="O80" s="21" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="P80" s="21"/>
       <c r="Q80" s="23" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="R80" s="23"/>
       <c r="S80" s="21" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="1">
         <v>80.0</v>
       </c>
       <c r="B81" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C81" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D81" s="18" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
       <c r="E81" s="18" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F81" s="9" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="G81" s="18" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
       <c r="H81" s="18" t="s">
         <v>36</v>
       </c>
       <c r="I81" s="18">
         <v>9.0</v>
       </c>
       <c r="J81" s="18" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="K81" s="18" t="s">
         <v>62</v>
       </c>
       <c r="L81" s="19">
         <v>41094.0</v>
       </c>
       <c r="M81" s="18" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
       <c r="N81" s="20" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="O81" s="21" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="P81" s="21"/>
       <c r="Q81" s="23" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="R81" s="23"/>
       <c r="S81" s="21" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="1">
         <v>81.0</v>
       </c>
       <c r="B82" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C82" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D82" s="18" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
       <c r="E82" s="18" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="F82" s="18" t="s">
-        <v>498</v>
+        <v>503</v>
       </c>
       <c r="G82" s="18" t="s">
-        <v>499</v>
+        <v>504</v>
       </c>
       <c r="H82" s="18" t="s">
         <v>36</v>
       </c>
       <c r="I82" s="18">
         <v>9.0</v>
       </c>
       <c r="J82" s="17" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
       <c r="K82" s="17" t="s">
         <v>38</v>
       </c>
       <c r="L82" s="24">
         <v>43578.0</v>
       </c>
       <c r="M82" s="17" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="N82" s="25">
         <v>43467.0</v>
       </c>
       <c r="O82" s="31" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
       <c r="P82" s="31"/>
       <c r="Q82" s="18" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="R82" s="18"/>
       <c r="S82" s="31"/>
     </row>
     <row r="83">
       <c r="A83" s="8">
         <v>82.0</v>
       </c>
       <c r="B83" s="9" t="s">
         <v>19</v>
       </c>
       <c r="C83" s="9" t="s">
         <v>20</v>
       </c>
       <c r="D83" s="9" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
       <c r="E83" s="10" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="F83" s="10" t="s">
-        <v>501</v>
+        <v>506</v>
       </c>
       <c r="G83" s="10" t="s">
-        <v>502</v>
+        <v>507</v>
       </c>
       <c r="H83" s="9" t="s">
         <v>47</v>
       </c>
       <c r="I83" s="9">
         <v>9.0</v>
       </c>
       <c r="J83" s="9" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
       <c r="K83" s="9" t="s">
         <v>38</v>
       </c>
       <c r="L83" s="34">
         <v>41538.0</v>
       </c>
       <c r="M83" s="9" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
       <c r="N83" s="35" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="O83" s="36" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="P83" s="36"/>
       <c r="Q83" s="10" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="R83" s="15"/>
       <c r="S83" s="36" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="8">
         <v>83.0</v>
       </c>
       <c r="B84" s="10" t="s">
         <v>19</v>
       </c>
       <c r="C84" s="10" t="s">
         <v>20</v>
       </c>
       <c r="D84" s="10" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
       <c r="E84" s="10" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="F84" s="10" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
       <c r="G84" s="10" t="s">
         <v>46</v>
       </c>
       <c r="H84" s="10" t="s">
         <v>47</v>
       </c>
       <c r="I84" s="10">
         <v>9.0</v>
       </c>
       <c r="J84" s="10" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
       <c r="K84" s="10" t="s">
         <v>38</v>
       </c>
       <c r="L84" s="14">
         <v>44287.0</v>
       </c>
       <c r="M84" s="10" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
       <c r="N84" s="35"/>
       <c r="O84" s="12"/>
       <c r="P84" s="12"/>
       <c r="Q84" s="17" t="s">
         <v>54</v>
       </c>
       <c r="R84" s="15"/>
       <c r="S84" s="36"/>
     </row>
     <row r="85">
       <c r="A85" s="1">
         <v>84.0</v>
       </c>
       <c r="B85" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C85" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D85" s="18" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
       <c r="E85" s="18" t="s">
-        <v>508</v>
+        <v>513</v>
       </c>
       <c r="F85" s="9" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
       <c r="G85" s="17" t="s">
-        <v>510</v>
+        <v>515</v>
       </c>
       <c r="H85" s="17" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="I85" s="18">
         <v>9.0</v>
       </c>
       <c r="J85" s="18" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="K85" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L85" s="19">
         <v>41557.0</v>
       </c>
       <c r="M85" s="18" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="N85" s="20" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="O85" s="21" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="P85" s="21"/>
       <c r="Q85" s="23" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="R85" s="23"/>
       <c r="S85" s="21" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="1">
         <v>85.0</v>
       </c>
       <c r="B86" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C86" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D86" s="18" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="E86" s="18" t="s">
         <v>22</v>
       </c>
       <c r="F86" s="10" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="G86" s="17" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="H86" s="18" t="s">
         <v>47</v>
       </c>
       <c r="I86" s="18">
         <v>9.0</v>
       </c>
       <c r="J86" s="17" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="K86" s="17" t="s">
         <v>49</v>
       </c>
       <c r="L86" s="24" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="M86" s="17" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="N86" s="25">
         <v>44287.0</v>
       </c>
       <c r="O86" s="22" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
       <c r="P86" s="27">
         <v>44320.0</v>
       </c>
       <c r="Q86" s="17" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="R86" s="23"/>
       <c r="S86" s="22" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="1">
         <v>86.0</v>
       </c>
       <c r="B87" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C87" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D87" s="18" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="E87" s="18" t="s">
         <v>33</v>
       </c>
       <c r="F87" s="10" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="G87" s="17" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="H87" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I87" s="18">
         <v>9.0</v>
       </c>
       <c r="J87" s="18" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="K87" s="18" t="s">
         <v>49</v>
       </c>
       <c r="L87" s="19">
         <v>43069.0</v>
       </c>
       <c r="M87" s="18" t="s">
-        <v>521</v>
+        <v>526</v>
       </c>
       <c r="N87" s="20"/>
       <c r="O87" s="21"/>
       <c r="P87" s="21"/>
       <c r="Q87" s="17" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="R87" s="23"/>
       <c r="S87" s="31"/>
     </row>
     <row r="88">
       <c r="A88" s="1">
         <v>87.0</v>
       </c>
       <c r="B88" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C88" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D88" s="18" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="E88" s="18" t="s">
         <v>44</v>
       </c>
       <c r="F88" s="10" t="s">
-        <v>522</v>
+        <v>527</v>
       </c>
       <c r="G88" s="17" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="H88" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I88" s="18">
         <v>9.0</v>
       </c>
       <c r="J88" s="18" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="K88" s="18" t="s">
         <v>49</v>
       </c>
       <c r="L88" s="19">
         <v>43069.0</v>
       </c>
       <c r="M88" s="18" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
       <c r="N88" s="20">
         <v>42081.0</v>
       </c>
       <c r="O88" s="21" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
       <c r="P88" s="22" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="Q88" s="17" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="R88" s="23"/>
       <c r="S88" s="31" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="1">
         <v>88.0</v>
       </c>
       <c r="B89" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C89" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D89" s="18" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="E89" s="18" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F89" s="17" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="G89" s="17" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="H89" s="17" t="s">
         <v>47</v>
       </c>
       <c r="I89" s="18">
         <v>9.0</v>
       </c>
       <c r="J89" s="10" t="s">
-        <v>530</v>
+        <v>535</v>
       </c>
       <c r="K89" s="10" t="s">
         <v>62</v>
       </c>
       <c r="L89" s="24">
         <v>45813.0</v>
       </c>
       <c r="M89" s="17" t="s">
-        <v>531</v>
+        <v>536</v>
       </c>
       <c r="N89" s="25">
         <v>45694.0</v>
       </c>
       <c r="O89" s="22" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
       <c r="P89" s="32">
         <v>45694.0</v>
       </c>
       <c r="Q89" s="17" t="s">
-        <v>533</v>
+        <v>538</v>
       </c>
       <c r="R89" s="23"/>
       <c r="S89" s="22" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="1">
         <v>89.0</v>
       </c>
       <c r="B90" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C90" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D90" s="18" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="E90" s="18" t="s">
         <v>9</v>
       </c>
       <c r="F90" s="9" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="G90" s="18" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="H90" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I90" s="18">
         <v>10.0</v>
       </c>
       <c r="J90" s="18" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
       <c r="K90" s="18" t="s">
         <v>49</v>
       </c>
       <c r="L90" s="19">
         <v>42908.0</v>
       </c>
       <c r="M90" s="18" t="s">
-        <v>537</v>
+        <v>542</v>
       </c>
       <c r="N90" s="20">
         <v>42081.0</v>
       </c>
       <c r="O90" s="21" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="P90" s="22" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="Q90" s="23"/>
       <c r="R90" s="23"/>
       <c r="S90" s="22" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="1">
         <v>90.0</v>
       </c>
       <c r="B91" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C91" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D91" s="18" t="s">
-        <v>540</v>
+        <v>545</v>
       </c>
       <c r="E91" s="18" t="s">
         <v>9</v>
       </c>
       <c r="F91" s="9" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="G91" s="18" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="H91" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I91" s="18">
         <v>10.0</v>
       </c>
       <c r="J91" s="17" t="s">
         <v>98</v>
       </c>
       <c r="K91" s="18" t="s">
         <v>49</v>
       </c>
       <c r="L91" s="19">
         <v>41094.0</v>
       </c>
       <c r="M91" s="18" t="s">
-        <v>541</v>
+        <v>546</v>
       </c>
       <c r="N91" s="22" t="s">
         <v>50</v>
       </c>
       <c r="O91" s="22" t="s">
-        <v>542</v>
+        <v>547</v>
       </c>
       <c r="P91" s="22" t="s">
         <v>101</v>
       </c>
       <c r="Q91" s="23"/>
       <c r="R91" s="23"/>
       <c r="S91" s="22" t="s">
-        <v>543</v>
+        <v>548</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="1">
         <v>91.0</v>
       </c>
       <c r="B92" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C92" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D92" s="18" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
       <c r="E92" s="18" t="s">
         <v>22</v>
       </c>
       <c r="F92" s="9" t="s">
-        <v>545</v>
+        <v>550</v>
       </c>
       <c r="G92" s="18" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
       <c r="H92" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I92" s="18">
         <v>10.0</v>
       </c>
       <c r="J92" s="17" t="s">
-        <v>547</v>
+        <v>552</v>
       </c>
       <c r="K92" s="17" t="s">
         <v>62</v>
       </c>
       <c r="L92" s="24">
         <v>44504.0</v>
       </c>
       <c r="M92" s="17" t="s">
-        <v>548</v>
+        <v>553</v>
       </c>
       <c r="N92" s="25">
         <v>44287.0</v>
       </c>
       <c r="O92" s="22" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="P92" s="27">
         <v>44320.0</v>
       </c>
       <c r="Q92" s="23"/>
       <c r="R92" s="23"/>
       <c r="S92" s="22" t="s">
-        <v>550</v>
+        <v>555</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="1">
         <v>92.0</v>
       </c>
       <c r="B93" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C93" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D93" s="18" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
       <c r="E93" s="18" t="s">
         <v>33</v>
       </c>
       <c r="F93" s="9" t="s">
+        <v>556</v>
+      </c>
+      <c r="G93" s="18" t="s">
         <v>551</v>
-      </c>
-[...1 lines deleted...]
-        <v>546</v>
       </c>
       <c r="H93" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I93" s="18">
         <v>10.0</v>
       </c>
       <c r="J93" s="17" t="s">
-        <v>552</v>
+        <v>557</v>
       </c>
       <c r="K93" s="17" t="s">
         <v>62</v>
       </c>
       <c r="L93" s="24">
         <v>45505.0</v>
       </c>
       <c r="M93" s="17" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="N93" s="22" t="s">
         <v>107</v>
       </c>
       <c r="O93" s="22" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="P93" s="22" t="s">
         <v>107</v>
       </c>
       <c r="Q93" s="23"/>
       <c r="R93" s="23"/>
       <c r="S93" s="22" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="1">
         <v>93.0</v>
       </c>
       <c r="B94" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C94" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D94" s="18" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
       <c r="E94" s="18" t="s">
         <v>9</v>
       </c>
       <c r="F94" s="9" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="G94" s="18" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="H94" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I94" s="18">
         <v>11.0</v>
       </c>
       <c r="J94" s="17" t="s">
-        <v>557</v>
+        <v>562</v>
       </c>
       <c r="K94" s="17" t="s">
         <v>38</v>
       </c>
       <c r="L94" s="17" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="M94" s="17" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
       <c r="N94" s="25">
         <v>44287.0</v>
       </c>
       <c r="O94" s="22" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
       <c r="P94" s="27">
         <v>44320.0</v>
       </c>
       <c r="Q94" s="23"/>
       <c r="R94" s="23"/>
       <c r="S94" s="22" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="1">
         <v>94.0</v>
       </c>
       <c r="B95" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C95" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D95" s="18" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
       <c r="E95" s="18" t="s">
         <v>22</v>
       </c>
       <c r="F95" s="10" t="s">
-        <v>286</v>
+        <v>345</v>
       </c>
       <c r="G95" s="17" t="s">
-        <v>560</v>
+        <v>565</v>
       </c>
       <c r="H95" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I95" s="18">
         <v>11.0</v>
       </c>
       <c r="J95" s="18" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
       <c r="K95" s="18" t="s">
         <v>49</v>
       </c>
       <c r="L95" s="19">
         <v>43069.0</v>
       </c>
       <c r="M95" s="18" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="N95" s="25">
         <v>42486.0</v>
       </c>
       <c r="O95" s="21" t="s">
-        <v>563</v>
+        <v>568</v>
       </c>
       <c r="P95" s="32">
         <v>42486.0</v>
       </c>
       <c r="Q95" s="23"/>
       <c r="R95" s="23"/>
       <c r="S95" s="31" t="s">
-        <v>564</v>
+        <v>569</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="1">
         <v>95.0</v>
       </c>
       <c r="B96" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C96" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D96" s="18" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
       <c r="E96" s="18" t="s">
         <v>33</v>
       </c>
       <c r="F96" s="9" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
       <c r="G96" s="18" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
       <c r="H96" s="18" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="I96" s="18">
         <v>11.0</v>
       </c>
       <c r="J96" s="17" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="K96" s="17" t="s">
         <v>62</v>
       </c>
       <c r="L96" s="24" t="s">
         <v>71</v>
       </c>
       <c r="M96" s="17" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
       <c r="N96" s="20">
         <v>43069.0</v>
       </c>
       <c r="O96" s="21" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="P96" s="32">
         <v>43070.0</v>
       </c>
       <c r="Q96" s="23"/>
       <c r="R96" s="23"/>
       <c r="S96" s="21" t="s">
-        <v>564</v>
+        <v>569</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="1">
         <v>96.0</v>
       </c>
       <c r="B97" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C97" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D97" s="18" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
       <c r="E97" s="18" t="s">
         <v>44</v>
       </c>
       <c r="F97" s="9" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
       <c r="G97" s="18" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
       <c r="H97" s="18" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="I97" s="18">
         <v>11.0</v>
       </c>
       <c r="J97" s="17" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="K97" s="17" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="L97" s="24">
         <v>42565.0</v>
       </c>
       <c r="M97" s="17" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
       <c r="N97" s="22" t="s">
-        <v>572</v>
+        <v>577</v>
       </c>
       <c r="O97" s="22" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="P97" s="22" t="s">
-        <v>574</v>
+        <v>579</v>
       </c>
       <c r="Q97" s="23"/>
       <c r="R97" s="23"/>
       <c r="S97" s="21" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="1">
         <v>97.0</v>
       </c>
       <c r="B98" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C98" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D98" s="9" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
       <c r="E98" s="18" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F98" s="18" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="G98" s="18" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
       <c r="H98" s="18" t="s">
         <v>47</v>
       </c>
       <c r="I98" s="9">
         <v>11.0</v>
       </c>
       <c r="J98" s="17" t="s">
-        <v>578</v>
+        <v>583</v>
       </c>
       <c r="K98" s="10" t="s">
         <v>62</v>
       </c>
       <c r="L98" s="17" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="M98" s="17" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="N98" s="20">
         <v>43578.0</v>
       </c>
       <c r="O98" s="22" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
       <c r="P98" s="22" t="s">
         <v>41</v>
       </c>
       <c r="Q98" s="23"/>
       <c r="R98" s="23"/>
       <c r="S98" s="16" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="1">
         <v>98.0</v>
       </c>
       <c r="B99" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C99" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D99" s="18" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="E99" s="18" t="s">
         <v>22</v>
       </c>
-      <c r="F99" s="9" t="s">
-        <v>583</v>
+      <c r="F99" s="10" t="s">
+        <v>588</v>
       </c>
       <c r="G99" s="17" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="H99" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I99" s="18">
         <v>11.0</v>
       </c>
       <c r="J99" s="18" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="K99" s="18" t="s">
         <v>62</v>
       </c>
       <c r="L99" s="19">
         <v>43069.0</v>
       </c>
       <c r="M99" s="18" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
       <c r="N99" s="25">
         <v>42957.0</v>
       </c>
       <c r="O99" s="22" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="P99" s="32">
         <v>42957.0</v>
       </c>
       <c r="Q99" s="23" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="R99" s="23"/>
       <c r="S99" s="22" t="s">
-        <v>588</v>
+        <v>593</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="1">
         <v>99.0</v>
       </c>
       <c r="B100" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C100" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D100" s="18" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="E100" s="18" t="s">
         <v>33</v>
       </c>
-      <c r="F100" s="9" t="s">
+      <c r="F100" s="10" t="s">
+        <v>594</v>
+      </c>
+      <c r="G100" s="17" t="s">
         <v>589</v>
-      </c>
-[...1 lines deleted...]
-        <v>584</v>
       </c>
       <c r="H100" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I100" s="18">
         <v>11.0</v>
       </c>
       <c r="J100" s="18" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
       <c r="K100" s="18" t="s">
         <v>27</v>
       </c>
       <c r="L100" s="19">
         <v>41093.0</v>
       </c>
       <c r="M100" s="18" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
       <c r="N100" s="20" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="O100" s="21" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="P100" s="21"/>
       <c r="Q100" s="23" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="R100" s="23"/>
       <c r="S100" s="21" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="1">
         <v>100.0</v>
       </c>
       <c r="B101" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C101" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D101" s="18" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="E101" s="18" t="s">
         <v>44</v>
       </c>
       <c r="F101" s="18" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
       <c r="G101" s="18" t="s">
-        <v>499</v>
+        <v>504</v>
       </c>
       <c r="H101" s="18" t="s">
         <v>47</v>
       </c>
       <c r="I101" s="18">
         <v>11.0</v>
       </c>
       <c r="J101" s="17" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="K101" s="17" t="s">
         <v>38</v>
       </c>
       <c r="L101" s="17" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="M101" s="17" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="N101" s="25">
         <v>43497.0</v>
       </c>
       <c r="O101" s="31" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
       <c r="P101" s="31"/>
       <c r="Q101" s="18" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="R101" s="18"/>
       <c r="S101" s="31" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="1">
         <v>101.0</v>
       </c>
       <c r="B102" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C102" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D102" s="18" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="E102" s="18" t="s">
         <v>9</v>
       </c>
       <c r="F102" s="9" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="G102" s="18" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="H102" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I102" s="18">
         <v>11.0</v>
       </c>
       <c r="J102" s="18" t="s">
-        <v>595</v>
+        <v>600</v>
       </c>
       <c r="K102" s="18" t="s">
         <v>62</v>
       </c>
       <c r="L102" s="19">
         <v>41094.0</v>
       </c>
       <c r="M102" s="18" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="N102" s="20" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="O102" s="21" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="P102" s="21"/>
       <c r="Q102" s="23"/>
       <c r="R102" s="23"/>
       <c r="S102" s="21" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="1">
         <v>102.0</v>
       </c>
       <c r="B103" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C103" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D103" s="18" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="E103" s="18" t="s">
         <v>22</v>
       </c>
       <c r="F103" s="10" t="s">
-        <v>598</v>
+        <v>603</v>
       </c>
       <c r="G103" s="17" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="H103" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I103" s="18">
         <v>11.0</v>
       </c>
       <c r="J103" s="17" t="s">
-        <v>600</v>
+        <v>605</v>
       </c>
       <c r="K103" s="17" t="s">
         <v>62</v>
       </c>
       <c r="L103" s="24">
         <v>44287.0</v>
       </c>
       <c r="M103" s="17" t="s">
-        <v>601</v>
+        <v>606</v>
       </c>
       <c r="N103" s="25" t="s">
         <v>71</v>
       </c>
       <c r="O103" s="22" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="P103" s="22" t="s">
         <v>71</v>
       </c>
       <c r="Q103" s="23"/>
       <c r="R103" s="23"/>
       <c r="S103" s="22" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="1">
         <v>103.0</v>
       </c>
       <c r="B104" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C104" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D104" s="18" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="E104" s="18" t="s">
         <v>33</v>
       </c>
       <c r="F104" s="10" t="s">
+        <v>609</v>
+      </c>
+      <c r="G104" s="10" t="s">
         <v>604</v>
-      </c>
-[...1 lines deleted...]
-        <v>599</v>
       </c>
       <c r="H104" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I104" s="18">
         <v>11.0</v>
       </c>
       <c r="J104" s="18" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
       <c r="K104" s="18" t="s">
         <v>62</v>
       </c>
       <c r="L104" s="19">
         <v>35509.0</v>
       </c>
       <c r="M104" s="18" t="s">
-        <v>606</v>
+        <v>611</v>
       </c>
       <c r="N104" s="20" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="O104" s="21" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="P104" s="21"/>
       <c r="Q104" s="23"/>
       <c r="R104" s="23"/>
       <c r="S104" s="21" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="1">
         <v>104.0</v>
       </c>
       <c r="B105" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C105" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D105" s="18" t="s">
-        <v>607</v>
+        <v>612</v>
       </c>
       <c r="E105" s="18" t="s">
         <v>9</v>
       </c>
       <c r="F105" s="9" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="G105" s="18" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="H105" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I105" s="18">
         <v>11.0</v>
       </c>
       <c r="J105" s="17" t="s">
-        <v>608</v>
+        <v>613</v>
       </c>
       <c r="K105" s="18" t="s">
         <v>49</v>
       </c>
       <c r="L105" s="24">
         <v>34564.0</v>
       </c>
       <c r="M105" s="18" t="s">
-        <v>609</v>
+        <v>614</v>
       </c>
       <c r="N105" s="22" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="O105" s="21" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="P105" s="21"/>
       <c r="Q105" s="23"/>
       <c r="R105" s="23"/>
       <c r="S105" s="21" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="1">
         <v>105.0</v>
       </c>
       <c r="B106" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C106" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D106" s="18" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="E106" s="18" t="s">
         <v>22</v>
       </c>
       <c r="F106" s="9" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="G106" s="18" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="H106" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I106" s="18">
         <v>12.0</v>
       </c>
       <c r="J106" s="18" t="s">
-        <v>612</v>
+        <v>617</v>
       </c>
       <c r="K106" s="18" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="L106" s="19">
         <v>41097.0</v>
       </c>
       <c r="M106" s="18" t="s">
-        <v>613</v>
+        <v>618</v>
       </c>
       <c r="N106" s="20" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="O106" s="21" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="P106" s="21"/>
       <c r="Q106" s="23"/>
       <c r="R106" s="23"/>
       <c r="S106" s="21" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="1">
         <v>106.0</v>
       </c>
       <c r="B107" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C107" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D107" s="18" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="E107" s="18" t="s">
         <v>33</v>
       </c>
       <c r="F107" s="9" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="G107" s="18" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="H107" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I107" s="18">
         <v>12.0</v>
       </c>
       <c r="J107" s="18" t="s">
         <v>126</v>
       </c>
       <c r="K107" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L107" s="24">
         <v>43418.0</v>
       </c>
       <c r="M107" s="18" t="s">
         <v>124</v>
       </c>
       <c r="N107" s="20">
         <v>43069.0</v>
       </c>
       <c r="O107" s="21" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
       <c r="P107" s="32">
         <v>43070.0</v>
       </c>
       <c r="Q107" s="23"/>
       <c r="R107" s="23"/>
       <c r="S107" s="22" t="s">
-        <v>550</v>
+        <v>555</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="1">
         <v>107.0</v>
       </c>
       <c r="B108" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C108" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D108" s="18" t="s">
-        <v>615</v>
+        <v>620</v>
       </c>
       <c r="E108" s="18" t="s">
         <v>9</v>
       </c>
       <c r="F108" s="9" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="G108" s="18" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="H108" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I108" s="18">
         <v>12.0</v>
       </c>
       <c r="J108" s="17" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="K108" s="17" t="s">
         <v>38</v>
       </c>
       <c r="L108" s="17" t="s">
         <v>129</v>
       </c>
       <c r="M108" s="17" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="N108" s="27">
         <v>45783.0</v>
       </c>
       <c r="O108" s="22" t="s">
-        <v>616</v>
+        <v>621</v>
       </c>
       <c r="P108" s="27">
         <v>45783.0</v>
       </c>
       <c r="Q108" s="23"/>
       <c r="R108" s="23"/>
       <c r="S108" s="22" t="s">
-        <v>617</v>
+        <v>622</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="1">
         <v>108.0</v>
       </c>
       <c r="B109" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C109" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D109" s="18" t="s">
-        <v>618</v>
+        <v>623</v>
       </c>
       <c r="E109" s="18" t="s">
         <v>22</v>
       </c>
       <c r="F109" s="10" t="s">
-        <v>619</v>
+        <v>624</v>
       </c>
       <c r="G109" s="17" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
       <c r="H109" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I109" s="18">
         <v>12.0</v>
       </c>
       <c r="J109" s="17" t="s">
-        <v>621</v>
+        <v>626</v>
       </c>
       <c r="K109" s="17" t="s">
         <v>49</v>
       </c>
       <c r="L109" s="24">
         <v>44504.0</v>
       </c>
       <c r="M109" s="17" t="s">
-        <v>622</v>
+        <v>627</v>
       </c>
       <c r="N109" s="25" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="O109" s="22" t="s">
-        <v>623</v>
+        <v>628</v>
       </c>
       <c r="P109" s="22" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="Q109" s="23"/>
       <c r="R109" s="23"/>
       <c r="S109" s="31" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="1">
         <v>109.0</v>
       </c>
       <c r="B110" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C110" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D110" s="18" t="s">
-        <v>618</v>
+        <v>623</v>
       </c>
       <c r="E110" s="18" t="s">
         <v>33</v>
       </c>
       <c r="F110" s="10" t="s">
-        <v>624</v>
+        <v>629</v>
       </c>
       <c r="G110" s="17" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
       <c r="H110" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I110" s="18">
         <v>12.0</v>
       </c>
       <c r="J110" s="17" t="s">
-        <v>625</v>
+        <v>630</v>
       </c>
       <c r="K110" s="17" t="s">
         <v>62</v>
       </c>
       <c r="L110" s="17" t="s">
         <v>107</v>
       </c>
       <c r="M110" s="17" t="s">
-        <v>626</v>
+        <v>631</v>
       </c>
       <c r="N110" s="22" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="O110" s="22" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
       <c r="P110" s="22" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="Q110" s="23"/>
       <c r="R110" s="23"/>
       <c r="S110" s="22" t="s">
-        <v>628</v>
+        <v>633</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="1">
         <v>110.0</v>
       </c>
       <c r="B111" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C111" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D111" s="18" t="s">
-        <v>618</v>
+        <v>623</v>
       </c>
       <c r="E111" s="17" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="F111" s="10" t="s">
-        <v>629</v>
+        <v>634</v>
       </c>
       <c r="G111" s="17" t="s">
-        <v>630</v>
+        <v>635</v>
       </c>
       <c r="H111" s="17" t="s">
         <v>47</v>
       </c>
       <c r="I111" s="18">
         <v>12.0</v>
       </c>
       <c r="J111" s="17" t="s">
-        <v>631</v>
+        <v>636</v>
       </c>
       <c r="K111" s="17" t="s">
         <v>62</v>
       </c>
       <c r="L111" s="28">
         <v>44287.0</v>
       </c>
       <c r="M111" s="17" t="s">
-        <v>632</v>
+        <v>637</v>
       </c>
       <c r="N111" s="25">
         <v>43578.0</v>
       </c>
       <c r="O111" s="22" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
       <c r="P111" s="22" t="s">
         <v>41</v>
       </c>
       <c r="Q111" s="23"/>
       <c r="R111" s="23"/>
       <c r="S111" s="31" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="1">
         <v>111.0</v>
       </c>
       <c r="B112" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C112" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D112" s="18" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="E112" s="18" t="s">
         <v>22</v>
       </c>
-      <c r="F112" s="9" t="s">
-[...3 lines deleted...]
-        <v>213</v>
+      <c r="F112" s="10" t="s">
+        <v>639</v>
+      </c>
+      <c r="G112" s="17" t="s">
+        <v>640</v>
       </c>
       <c r="H112" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I112" s="18">
         <v>12.0</v>
       </c>
       <c r="J112" s="17" t="s">
-        <v>634</v>
+        <v>641</v>
       </c>
       <c r="K112" s="17" t="s">
         <v>62</v>
       </c>
       <c r="L112" s="24">
         <v>45694.0</v>
       </c>
       <c r="M112" s="17" t="s">
-        <v>635</v>
+        <v>642</v>
       </c>
       <c r="N112" s="32">
         <v>44931.0</v>
       </c>
       <c r="O112" s="22" t="s">
-        <v>636</v>
+        <v>643</v>
       </c>
       <c r="P112" s="32">
         <v>44931.0</v>
       </c>
       <c r="Q112" s="23"/>
       <c r="R112" s="23"/>
       <c r="S112" s="22" t="s">
-        <v>637</v>
+        <v>644</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="1">
         <v>112.0</v>
       </c>
       <c r="B113" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C113" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D113" s="18" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="E113" s="18" t="s">
         <v>33</v>
       </c>
-      <c r="F113" s="9" t="s">
-[...3 lines deleted...]
-        <v>213</v>
+      <c r="F113" s="10" t="s">
+        <v>645</v>
+      </c>
+      <c r="G113" s="17" t="s">
+        <v>640</v>
       </c>
       <c r="H113" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I113" s="18">
         <v>12.0</v>
       </c>
       <c r="J113" s="17" t="s">
-        <v>638</v>
+        <v>646</v>
       </c>
       <c r="K113" s="18" t="s">
         <v>62</v>
       </c>
       <c r="L113" s="19">
         <v>42081.0</v>
       </c>
       <c r="M113" s="18" t="s">
-        <v>639</v>
+        <v>647</v>
       </c>
       <c r="N113" s="20" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="O113" s="21" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="P113" s="21"/>
       <c r="Q113" s="23"/>
       <c r="R113" s="23"/>
       <c r="S113" s="21" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="1">
         <v>113.0</v>
       </c>
       <c r="B114" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C114" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D114" s="18" t="s">
-        <v>640</v>
+        <v>648</v>
       </c>
       <c r="E114" s="18" t="s">
-        <v>641</v>
+        <v>649</v>
       </c>
       <c r="F114" s="9" t="s">
-        <v>642</v>
+        <v>650</v>
       </c>
       <c r="G114" s="18" t="s">
-        <v>643</v>
+        <v>651</v>
       </c>
       <c r="H114" s="18" t="s">
         <v>36</v>
       </c>
       <c r="I114" s="18">
         <v>12.0</v>
       </c>
       <c r="J114" s="17" t="s">
-        <v>644</v>
+        <v>652</v>
       </c>
       <c r="K114" s="17" t="s">
         <v>27</v>
       </c>
       <c r="L114" s="24" t="s">
         <v>71</v>
       </c>
       <c r="M114" s="17" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="N114" s="25">
         <v>43578.0</v>
       </c>
       <c r="O114" s="22" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="P114" s="22" t="s">
         <v>41</v>
       </c>
       <c r="Q114" s="23" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="R114" s="23"/>
       <c r="S114" s="31" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="8">
         <v>114.0</v>
       </c>
       <c r="B115" s="9" t="s">
         <v>19</v>
       </c>
       <c r="C115" s="9" t="s">
         <v>20</v>
       </c>
       <c r="D115" s="9" t="s">
-        <v>640</v>
+        <v>648</v>
       </c>
       <c r="E115" s="9" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F115" s="10" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="G115" s="10" t="s">
-        <v>647</v>
+        <v>655</v>
       </c>
       <c r="H115" s="9" t="s">
         <v>47</v>
       </c>
       <c r="I115" s="9">
         <v>12.0</v>
       </c>
       <c r="J115" s="9" t="s">
-        <v>648</v>
+        <v>656</v>
       </c>
       <c r="K115" s="9" t="s">
         <v>49</v>
       </c>
       <c r="L115" s="34">
         <v>43125.0</v>
       </c>
       <c r="M115" s="15" t="s">
-        <v>649</v>
+        <v>657</v>
       </c>
       <c r="N115" s="12" t="s">
-        <v>650</v>
+        <v>658</v>
       </c>
       <c r="O115" s="12" t="s">
-        <v>651</v>
+        <v>659</v>
       </c>
       <c r="P115" s="39">
         <v>43070.0</v>
       </c>
       <c r="Q115" s="10" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="R115" s="15"/>
       <c r="S115" s="36" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="1">
         <v>115.0</v>
       </c>
       <c r="B116" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C116" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D116" s="18" t="s">
-        <v>640</v>
+        <v>648</v>
       </c>
       <c r="E116" s="18" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F116" s="9" t="s">
-        <v>653</v>
+        <v>661</v>
       </c>
       <c r="G116" s="18" t="s">
-        <v>643</v>
+        <v>651</v>
       </c>
       <c r="H116" s="18" t="s">
         <v>60</v>
       </c>
       <c r="I116" s="18">
         <v>12.0</v>
       </c>
       <c r="J116" s="18" t="s">
-        <v>654</v>
+        <v>662</v>
       </c>
       <c r="K116" s="18" t="s">
         <v>49</v>
       </c>
       <c r="L116" s="19">
         <v>41368.0</v>
       </c>
       <c r="M116" s="23" t="s">
-        <v>655</v>
+        <v>663</v>
       </c>
       <c r="N116" s="20" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="O116" s="21" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="P116" s="21"/>
       <c r="Q116" s="23" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="R116" s="23"/>
       <c r="S116" s="21" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="1">
         <v>116.0</v>
       </c>
       <c r="B117" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C117" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D117" s="18" t="s">
-        <v>640</v>
+        <v>648</v>
       </c>
       <c r="E117" s="18" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="F117" s="9" t="s">
-        <v>656</v>
+        <v>664</v>
       </c>
       <c r="G117" s="18" t="s">
-        <v>657</v>
+        <v>665</v>
       </c>
       <c r="H117" s="18" t="s">
         <v>47</v>
       </c>
       <c r="I117" s="18">
         <v>12.0</v>
       </c>
       <c r="J117" s="18" t="s">
-        <v>658</v>
+        <v>666</v>
       </c>
       <c r="K117" s="18" t="s">
         <v>27</v>
       </c>
       <c r="L117" s="19">
         <v>36601.0</v>
       </c>
       <c r="M117" s="18" t="s">
-        <v>659</v>
+        <v>667</v>
       </c>
       <c r="N117" s="20" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="O117" s="21" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="P117" s="21"/>
       <c r="Q117" s="23" t="s">
-        <v>660</v>
+        <v>668</v>
       </c>
       <c r="R117" s="23"/>
       <c r="S117" s="21" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="1">
         <v>117.0</v>
       </c>
       <c r="B118" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C118" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D118" s="9" t="s">
-        <v>640</v>
+        <v>648</v>
       </c>
       <c r="E118" s="18" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="F118" s="18" t="s">
-        <v>661</v>
+        <v>669</v>
       </c>
       <c r="G118" s="18" t="s">
-        <v>643</v>
+        <v>651</v>
       </c>
       <c r="H118" s="18" t="s">
         <v>36</v>
       </c>
       <c r="I118" s="18">
         <v>12.0</v>
       </c>
       <c r="J118" s="10" t="s">
-        <v>662</v>
+        <v>670</v>
       </c>
       <c r="K118" s="10" t="s">
         <v>49</v>
       </c>
       <c r="L118" s="24">
         <v>45813.0</v>
       </c>
       <c r="M118" s="17" t="s">
-        <v>663</v>
+        <v>671</v>
       </c>
       <c r="N118" s="25">
         <v>45694.0</v>
       </c>
       <c r="O118" s="22" t="s">
-        <v>664</v>
+        <v>672</v>
       </c>
       <c r="P118" s="32">
         <v>45694.0</v>
       </c>
       <c r="Q118" s="23" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="R118" s="23"/>
       <c r="S118" s="22" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="8">
         <v>118.0</v>
       </c>
       <c r="B119" s="10" t="s">
         <v>19</v>
       </c>
       <c r="C119" s="10" t="s">
-        <v>665</v>
+        <v>673</v>
       </c>
       <c r="D119" s="10" t="s">
-        <v>640</v>
+        <v>648</v>
       </c>
       <c r="E119" s="10" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="F119" s="9" t="s">
-        <v>666</v>
+        <v>674</v>
       </c>
       <c r="G119" s="10" t="s">
         <v>46</v>
       </c>
       <c r="H119" s="10" t="s">
         <v>47</v>
       </c>
       <c r="I119" s="10">
         <v>12.0</v>
       </c>
       <c r="J119" s="10" t="s">
-        <v>550</v>
+        <v>555</v>
       </c>
       <c r="K119" s="10" t="s">
         <v>27</v>
       </c>
       <c r="L119" s="14">
         <v>44287.0</v>
       </c>
       <c r="M119" s="10" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="N119" s="35"/>
       <c r="O119" s="12" t="s">
-        <v>667</v>
+        <v>675</v>
       </c>
       <c r="P119" s="12"/>
       <c r="Q119" s="17" t="s">
         <v>54</v>
       </c>
       <c r="R119" s="9"/>
       <c r="S119" s="16"/>
     </row>
     <row r="120">
       <c r="A120" s="1">
         <v>119.0</v>
       </c>
       <c r="B120" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C120" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D120" s="18" t="s">
-        <v>640</v>
+        <v>648</v>
       </c>
       <c r="E120" s="18" t="s">
-        <v>668</v>
+        <v>676</v>
       </c>
       <c r="F120" s="18" t="s">
-        <v>669</v>
+        <v>677</v>
       </c>
       <c r="G120" s="18" t="s">
-        <v>499</v>
+        <v>504</v>
       </c>
       <c r="H120" s="18" t="s">
         <v>36</v>
       </c>
       <c r="I120" s="18">
         <v>12.0</v>
       </c>
       <c r="J120" s="17" t="s">
-        <v>670</v>
+        <v>678</v>
       </c>
       <c r="K120" s="17" t="s">
         <v>27</v>
       </c>
       <c r="L120" s="17" t="s">
         <v>107</v>
       </c>
       <c r="M120" s="17" t="s">
-        <v>671</v>
+        <v>679</v>
       </c>
       <c r="N120" s="25">
         <v>43497.0</v>
       </c>
       <c r="O120" s="31" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
       <c r="P120" s="31"/>
       <c r="Q120" s="17" t="s">
-        <v>672</v>
+        <v>680</v>
       </c>
       <c r="R120" s="18"/>
       <c r="S120" s="31" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="1">
         <v>120.0</v>
       </c>
       <c r="B121" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C121" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D121" s="18" t="s">
-        <v>673</v>
+        <v>681</v>
       </c>
       <c r="E121" s="18" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="F121" s="9" t="s">
-        <v>674</v>
+        <v>682</v>
       </c>
       <c r="G121" s="17" t="s">
-        <v>675</v>
+        <v>683</v>
       </c>
       <c r="H121" s="18" t="s">
         <v>36</v>
       </c>
       <c r="I121" s="18">
         <v>13.0</v>
       </c>
       <c r="J121" s="17" t="s">
-        <v>676</v>
+        <v>684</v>
       </c>
       <c r="K121" s="17" t="s">
         <v>27</v>
       </c>
       <c r="L121" s="24">
         <v>43578.0</v>
       </c>
       <c r="M121" s="17" t="s">
-        <v>677</v>
+        <v>685</v>
       </c>
       <c r="N121" s="20">
         <v>43074.0</v>
       </c>
       <c r="O121" s="31" t="s">
-        <v>667</v>
+        <v>675</v>
       </c>
       <c r="P121" s="31"/>
       <c r="Q121" s="23" t="s">
-        <v>678</v>
+        <v>686</v>
       </c>
       <c r="R121" s="23"/>
       <c r="S121" s="31"/>
     </row>
     <row r="122">
       <c r="A122" s="1">
         <v>121.0</v>
       </c>
       <c r="B122" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C122" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D122" s="18" t="s">
-        <v>673</v>
+        <v>681</v>
       </c>
       <c r="E122" s="18" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="F122" s="9" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="G122" s="17" t="s">
-        <v>675</v>
+        <v>683</v>
       </c>
       <c r="H122" s="18" t="s">
         <v>47</v>
       </c>
       <c r="I122" s="18">
         <v>13.0</v>
       </c>
       <c r="J122" s="17" t="s">
-        <v>679</v>
+        <v>687</v>
       </c>
       <c r="K122" s="17" t="s">
         <v>62</v>
       </c>
       <c r="L122" s="28">
         <v>45022.0</v>
       </c>
       <c r="M122" s="17" t="s">
-        <v>680</v>
+        <v>688</v>
       </c>
       <c r="N122" s="25">
         <v>44931.0</v>
       </c>
       <c r="O122" s="22" t="s">
-        <v>681</v>
+        <v>689</v>
       </c>
       <c r="P122" s="27">
         <v>45047.0</v>
       </c>
       <c r="Q122" s="23" t="s">
-        <v>678</v>
+        <v>686</v>
       </c>
       <c r="R122" s="23"/>
       <c r="S122" s="22" t="s">
-        <v>682</v>
+        <v>690</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="1">
         <v>122.0</v>
       </c>
       <c r="B123" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C123" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D123" s="18" t="s">
-        <v>673</v>
+        <v>681</v>
       </c>
       <c r="E123" s="18" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F123" s="9" t="s">
+        <v>691</v>
+      </c>
+      <c r="G123" s="17" t="s">
         <v>683</v>
-      </c>
-[...1 lines deleted...]
-        <v>675</v>
       </c>
       <c r="H123" s="18" t="s">
         <v>36</v>
       </c>
       <c r="I123" s="18">
         <v>13.0</v>
       </c>
       <c r="J123" s="17" t="s">
-        <v>684</v>
+        <v>692</v>
       </c>
       <c r="K123" s="17" t="s">
         <v>49</v>
       </c>
       <c r="L123" s="17" t="s">
         <v>115</v>
       </c>
       <c r="M123" s="17" t="s">
-        <v>685</v>
+        <v>693</v>
       </c>
       <c r="N123" s="32">
         <v>41122.0</v>
       </c>
       <c r="O123" s="31" t="s">
-        <v>667</v>
+        <v>675</v>
       </c>
       <c r="P123" s="27">
         <v>41006.0</v>
       </c>
       <c r="Q123" s="23" t="s">
-        <v>678</v>
+        <v>686</v>
       </c>
       <c r="R123" s="23"/>
       <c r="S123" s="22" t="s">
-        <v>686</v>
+        <v>694</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="1">
         <v>123.0</v>
       </c>
       <c r="B124" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C124" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D124" s="18" t="s">
-        <v>673</v>
+        <v>681</v>
       </c>
       <c r="E124" s="18" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="F124" s="9" t="s">
-        <v>687</v>
+        <v>695</v>
       </c>
       <c r="G124" s="17" t="s">
-        <v>688</v>
+        <v>696</v>
       </c>
       <c r="H124" s="18" t="s">
         <v>47</v>
       </c>
       <c r="I124" s="18">
         <v>13.0</v>
       </c>
       <c r="J124" s="18" t="s">
-        <v>689</v>
+        <v>697</v>
       </c>
       <c r="K124" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L124" s="19">
         <v>40368.0</v>
       </c>
       <c r="M124" s="18" t="s">
-        <v>690</v>
+        <v>698</v>
       </c>
       <c r="N124" s="20" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="O124" s="21" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="P124" s="21"/>
       <c r="Q124" s="23" t="s">
-        <v>678</v>
+        <v>686</v>
       </c>
       <c r="R124" s="23"/>
       <c r="S124" s="21" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="1">
         <v>124.0</v>
       </c>
       <c r="B125" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C125" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D125" s="18" t="s">
-        <v>673</v>
+        <v>681</v>
       </c>
       <c r="E125" s="18" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="F125" s="9" t="s">
-        <v>691</v>
+        <v>699</v>
       </c>
       <c r="G125" s="17" t="s">
-        <v>675</v>
+        <v>683</v>
       </c>
       <c r="H125" s="18" t="s">
         <v>36</v>
       </c>
       <c r="I125" s="18">
         <v>13.0</v>
       </c>
       <c r="J125" s="18" t="s">
-        <v>692</v>
+        <v>700</v>
       </c>
       <c r="K125" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L125" s="19">
         <v>38351.0</v>
       </c>
       <c r="M125" s="17" t="s">
-        <v>693</v>
+        <v>701</v>
       </c>
       <c r="N125" s="20" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="O125" s="21" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="P125" s="21"/>
       <c r="Q125" s="23" t="s">
-        <v>678</v>
+        <v>686</v>
       </c>
       <c r="R125" s="23"/>
       <c r="S125" s="21" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="1">
         <v>125.0</v>
       </c>
       <c r="B126" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C126" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D126" s="9" t="s">
-        <v>673</v>
+        <v>681</v>
       </c>
       <c r="E126" s="18" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="F126" s="18" t="s">
-        <v>694</v>
+        <v>702</v>
       </c>
       <c r="G126" s="17" t="s">
-        <v>695</v>
+        <v>703</v>
       </c>
       <c r="H126" s="18" t="s">
         <v>47</v>
       </c>
       <c r="I126" s="9">
         <v>13.0</v>
       </c>
       <c r="J126" s="10" t="s">
-        <v>696</v>
+        <v>704</v>
       </c>
       <c r="K126" s="10" t="s">
         <v>49</v>
       </c>
       <c r="L126" s="24">
         <v>45694.0</v>
       </c>
       <c r="M126" s="17" t="s">
-        <v>697</v>
+        <v>705</v>
       </c>
       <c r="N126" s="22" t="s">
         <v>28</v>
       </c>
       <c r="O126" s="22" t="s">
-        <v>698</v>
+        <v>706</v>
       </c>
       <c r="P126" s="22" t="s">
         <v>28</v>
       </c>
       <c r="Q126" s="23" t="s">
-        <v>699</v>
+        <v>707</v>
       </c>
       <c r="R126" s="23"/>
       <c r="S126" s="23" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="1">
         <v>126.0</v>
       </c>
       <c r="B127" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C127" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D127" s="18" t="s">
-        <v>700</v>
+        <v>708</v>
       </c>
       <c r="E127" s="18" t="s">
-        <v>701</v>
+        <v>709</v>
       </c>
       <c r="F127" s="10" t="s">
-        <v>702</v>
+        <v>710</v>
       </c>
       <c r="G127" s="17" t="s">
-        <v>703</v>
+        <v>711</v>
       </c>
       <c r="H127" s="18" t="s">
         <v>47</v>
       </c>
       <c r="I127" s="18">
         <v>13.0</v>
       </c>
       <c r="J127" s="17" t="s">
-        <v>704</v>
+        <v>712</v>
       </c>
       <c r="K127" s="17" t="s">
         <v>49</v>
       </c>
       <c r="L127" s="17" t="s">
         <v>115</v>
       </c>
       <c r="M127" s="17" t="s">
-        <v>705</v>
+        <v>713</v>
       </c>
       <c r="N127" s="25">
         <v>44966.0</v>
       </c>
       <c r="O127" s="22" t="s">
-        <v>706</v>
+        <v>714</v>
       </c>
       <c r="P127" s="33">
         <v>44966.0</v>
       </c>
       <c r="Q127" s="23"/>
       <c r="R127" s="23"/>
       <c r="S127" s="38" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="1">
         <v>127.0</v>
       </c>
       <c r="B128" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C128" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D128" s="18" t="s">
-        <v>700</v>
+        <v>708</v>
       </c>
       <c r="E128" s="18" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="F128" s="9" t="s">
-        <v>707</v>
+        <v>715</v>
       </c>
       <c r="G128" s="17" t="s">
-        <v>708</v>
+        <v>716</v>
       </c>
       <c r="H128" s="18" t="s">
         <v>36</v>
       </c>
       <c r="I128" s="18">
         <v>13.0</v>
       </c>
       <c r="J128" s="18" t="s">
-        <v>709</v>
+        <v>717</v>
       </c>
       <c r="K128" s="18" t="s">
         <v>49</v>
       </c>
       <c r="L128" s="19">
         <v>42908.0</v>
       </c>
       <c r="M128" s="18" t="s">
-        <v>710</v>
+        <v>718</v>
       </c>
       <c r="N128" s="25">
         <v>42081.0</v>
       </c>
       <c r="O128" s="21" t="s">
-        <v>711</v>
+        <v>719</v>
       </c>
       <c r="P128" s="22" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="Q128" s="23"/>
       <c r="R128" s="23"/>
       <c r="S128" s="31" t="s">
-        <v>712</v>
+        <v>720</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="1">
         <v>128.0</v>
       </c>
       <c r="B129" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C129" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D129" s="18" t="s">
-        <v>700</v>
+        <v>708</v>
       </c>
       <c r="E129" s="18" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F129" s="9" t="s">
-        <v>713</v>
+        <v>721</v>
       </c>
       <c r="G129" s="17" t="s">
-        <v>714</v>
+        <v>722</v>
       </c>
       <c r="H129" s="18" t="s">
         <v>36</v>
       </c>
       <c r="I129" s="18">
         <v>13.0</v>
       </c>
       <c r="J129" s="18" t="s">
-        <v>715</v>
+        <v>723</v>
       </c>
       <c r="K129" s="18" t="s">
         <v>62</v>
       </c>
       <c r="L129" s="19">
         <v>43069.0</v>
       </c>
       <c r="M129" s="18" t="s">
-        <v>716</v>
+        <v>724</v>
       </c>
       <c r="N129" s="20">
         <v>42081.0</v>
       </c>
       <c r="O129" s="21" t="s">
-        <v>717</v>
+        <v>725</v>
       </c>
       <c r="P129" s="22" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="Q129" s="23"/>
       <c r="R129" s="23"/>
       <c r="S129" s="31" t="s">
-        <v>718</v>
+        <v>726</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="1">
         <v>129.0</v>
       </c>
       <c r="B130" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C130" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D130" s="18" t="s">
-        <v>700</v>
+        <v>708</v>
       </c>
       <c r="E130" s="18" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="F130" s="9" t="s">
-        <v>719</v>
+        <v>727</v>
       </c>
       <c r="G130" s="18" t="s">
-        <v>720</v>
+        <v>728</v>
       </c>
       <c r="H130" s="18" t="s">
         <v>36</v>
       </c>
       <c r="I130" s="18">
         <v>13.0</v>
       </c>
       <c r="J130" s="17" t="s">
-        <v>721</v>
+        <v>729</v>
       </c>
       <c r="K130" s="17" t="s">
         <v>38</v>
       </c>
       <c r="L130" s="24" t="s">
         <v>71</v>
       </c>
       <c r="M130" s="17" t="s">
-        <v>722</v>
+        <v>730</v>
       </c>
       <c r="N130" s="25">
         <v>43622.0</v>
       </c>
       <c r="O130" s="22" t="s">
-        <v>723</v>
+        <v>731</v>
       </c>
       <c r="P130" s="27">
         <v>43622.0</v>
       </c>
       <c r="Q130" s="23"/>
       <c r="R130" s="23"/>
       <c r="S130" s="22" t="s">
-        <v>724</v>
+        <v>732</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="1">
         <v>130.0</v>
       </c>
       <c r="B131" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C131" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D131" s="18" t="s">
-        <v>725</v>
+        <v>733</v>
       </c>
       <c r="E131" s="18" t="s">
         <v>22</v>
       </c>
       <c r="F131" s="10" t="s">
-        <v>726</v>
+        <v>734</v>
       </c>
       <c r="G131" s="17" t="s">
-        <v>727</v>
+        <v>735</v>
       </c>
       <c r="H131" s="18" t="s">
         <v>47</v>
       </c>
       <c r="I131" s="18">
         <v>14.0</v>
       </c>
       <c r="J131" s="17" t="s">
         <v>98</v>
       </c>
       <c r="K131" s="17" t="s">
         <v>38</v>
       </c>
       <c r="L131" s="17" t="s">
         <v>129</v>
       </c>
       <c r="M131" s="17" t="s">
-        <v>728</v>
+        <v>736</v>
       </c>
       <c r="N131" s="22" t="s">
         <v>50</v>
       </c>
       <c r="O131" s="22" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="P131" s="22" t="s">
         <v>101</v>
       </c>
       <c r="Q131" s="23"/>
       <c r="R131" s="17" t="s">
-        <v>729</v>
+        <v>737</v>
       </c>
       <c r="S131" s="22" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="1">
         <v>131.0</v>
       </c>
       <c r="B132" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C132" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D132" s="18" t="s">
-        <v>725</v>
+        <v>733</v>
       </c>
       <c r="E132" s="18" t="s">
         <v>33</v>
       </c>
       <c r="F132" s="10" t="s">
-        <v>730</v>
+        <v>738</v>
       </c>
       <c r="G132" s="17" t="s">
-        <v>727</v>
+        <v>735</v>
       </c>
       <c r="H132" s="18" t="s">
         <v>36</v>
       </c>
       <c r="I132" s="18">
         <v>14.0</v>
       </c>
       <c r="J132" s="17" t="s">
-        <v>731</v>
+        <v>739</v>
       </c>
       <c r="K132" s="18" t="s">
         <v>38</v>
       </c>
       <c r="L132" s="19">
         <v>42908.0</v>
       </c>
       <c r="M132" s="18" t="s">
-        <v>732</v>
+        <v>740</v>
       </c>
       <c r="N132" s="20">
         <v>40529.0</v>
       </c>
       <c r="O132" s="31" t="s">
-        <v>733</v>
+        <v>741</v>
       </c>
       <c r="P132" s="22" t="s">
-        <v>734</v>
+        <v>742</v>
       </c>
       <c r="Q132" s="23"/>
       <c r="R132" s="23"/>
       <c r="S132" s="31" t="s">
-        <v>735</v>
+        <v>743</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="1">
         <v>132.0</v>
       </c>
       <c r="B133" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C133" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D133" s="18" t="s">
-        <v>725</v>
+        <v>733</v>
       </c>
       <c r="E133" s="18" t="s">
         <v>44</v>
       </c>
       <c r="F133" s="10" t="s">
-        <v>736</v>
+        <v>744</v>
       </c>
       <c r="G133" s="17" t="s">
-        <v>737</v>
+        <v>745</v>
       </c>
       <c r="H133" s="17" t="s">
         <v>47</v>
       </c>
       <c r="I133" s="18">
         <v>14.0</v>
       </c>
       <c r="J133" s="17" t="s">
         <v>98</v>
       </c>
       <c r="K133" s="17" t="s">
         <v>49</v>
       </c>
       <c r="L133" s="24">
         <v>45813.0</v>
       </c>
       <c r="M133" s="17" t="s">
-        <v>738</v>
+        <v>746</v>
       </c>
       <c r="N133" s="22" t="s">
         <v>129</v>
       </c>
       <c r="O133" s="22" t="s">
-        <v>728</v>
+        <v>736</v>
       </c>
       <c r="P133" s="22" t="s">
         <v>129</v>
       </c>
       <c r="Q133" s="23"/>
       <c r="R133" s="17" t="s">
-        <v>739</v>
+        <v>747</v>
       </c>
       <c r="S133" s="22" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="1">
         <v>133.0</v>
       </c>
       <c r="B134" s="17" t="s">
         <v>19</v>
       </c>
       <c r="C134" s="17" t="s">
         <v>20</v>
       </c>
       <c r="D134" s="17" t="s">
-        <v>725</v>
+        <v>733</v>
       </c>
       <c r="E134" s="17" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F134" s="10" t="s">
-        <v>740</v>
+        <v>748</v>
       </c>
       <c r="G134" s="17" t="s">
-        <v>741</v>
+        <v>749</v>
       </c>
       <c r="H134" s="17" t="s">
         <v>60</v>
       </c>
       <c r="I134" s="17">
         <v>14.0</v>
       </c>
       <c r="J134" s="17" t="s">
-        <v>742</v>
+        <v>750</v>
       </c>
       <c r="K134" s="17" t="s">
         <v>49</v>
       </c>
       <c r="L134" s="24">
         <v>44931.0</v>
       </c>
       <c r="M134" s="17" t="s">
-        <v>743</v>
+        <v>751</v>
       </c>
       <c r="N134" s="27">
         <v>44596.0</v>
       </c>
       <c r="O134" s="22"/>
       <c r="P134" s="22"/>
       <c r="Q134" s="17" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="R134" s="17"/>
       <c r="S134" s="22"/>
     </row>
     <row r="135">
       <c r="A135" s="1">
         <v>134.0</v>
       </c>
       <c r="B135" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C135" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D135" s="18" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="E135" s="17" t="s">
         <v>44</v>
       </c>
       <c r="F135" s="10" t="s">
-        <v>744</v>
+        <v>752</v>
       </c>
       <c r="G135" s="17" t="s">
-        <v>745</v>
+        <v>753</v>
       </c>
       <c r="H135" s="17" t="s">
         <v>60</v>
       </c>
       <c r="I135" s="17">
         <v>11.0</v>
       </c>
       <c r="J135" s="17" t="s">
-        <v>746</v>
+        <v>754</v>
       </c>
       <c r="K135" s="17" t="s">
         <v>62</v>
       </c>
       <c r="L135" s="26">
         <v>45783.0</v>
       </c>
       <c r="M135" s="17" t="s">
-        <v>747</v>
+        <v>755</v>
       </c>
       <c r="N135" s="22" t="s">
-        <v>748</v>
+        <v>756</v>
       </c>
       <c r="O135" s="22" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="P135" s="22" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="Q135" s="23"/>
       <c r="R135" s="17" t="s">
-        <v>750</v>
+        <v>758</v>
       </c>
       <c r="S135" s="22" t="s">
-        <v>751</v>
+        <v>759</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="1">
         <v>135.0</v>
       </c>
       <c r="B136" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C136" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D136" s="18" t="s">
         <v>57</v>
       </c>
       <c r="E136" s="17" t="s">
         <v>44</v>
       </c>
       <c r="F136" s="10" t="s">
-        <v>752</v>
+        <v>760</v>
       </c>
       <c r="G136" s="17" t="s">
-        <v>753</v>
+        <v>761</v>
       </c>
       <c r="H136" s="17" t="s">
         <v>60</v>
       </c>
       <c r="I136" s="17">
         <v>1.0</v>
       </c>
       <c r="J136" s="17" t="s">
         <v>98</v>
       </c>
       <c r="K136" s="17" t="s">
         <v>49</v>
       </c>
       <c r="L136" s="26">
         <v>45783.0</v>
       </c>
       <c r="M136" s="17" t="s">
-        <v>754</v>
+        <v>762</v>
       </c>
       <c r="N136" s="22" t="s">
         <v>129</v>
       </c>
       <c r="O136" s="22" t="s">
         <v>130</v>
       </c>
       <c r="P136" s="22" t="s">
         <v>129</v>
       </c>
       <c r="Q136" s="23"/>
       <c r="R136" s="17" t="s">
-        <v>755</v>
+        <v>763</v>
       </c>
       <c r="S136" s="22" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="1">
         <v>136.0</v>
       </c>
       <c r="B137" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C137" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D137" s="18" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
       <c r="E137" s="17" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="F137" s="9" t="s">
-        <v>756</v>
+        <v>764</v>
       </c>
       <c r="G137" s="17" t="s">
-        <v>757</v>
+        <v>765</v>
       </c>
       <c r="H137" s="17" t="s">
         <v>47</v>
       </c>
       <c r="I137" s="17">
         <v>11.0</v>
       </c>
       <c r="J137" s="17" t="s">
-        <v>758</v>
+        <v>766</v>
       </c>
       <c r="K137" s="17" t="s">
         <v>38</v>
       </c>
       <c r="L137" s="26">
         <v>45810.0</v>
       </c>
       <c r="M137" s="17" t="s">
-        <v>759</v>
+        <v>767</v>
       </c>
       <c r="N137" s="22" t="s">
-        <v>748</v>
+        <v>756</v>
       </c>
       <c r="O137" s="22" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="P137" s="22" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="Q137" s="23"/>
       <c r="R137" s="17"/>
       <c r="S137" s="22" t="s">
-        <v>751</v>
+        <v>759</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="1">
         <v>137.0</v>
       </c>
       <c r="B138" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C138" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D138" s="17" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="E138" s="17" t="s">
-        <v>760</v>
+        <v>768</v>
       </c>
       <c r="F138" s="10" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="G138" s="17" t="s">
-        <v>761</v>
+        <v>769</v>
       </c>
       <c r="H138" s="17" t="s">
         <v>47</v>
       </c>
       <c r="I138" s="17">
         <v>5.0</v>
       </c>
       <c r="J138" s="17" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="K138" s="17" t="s">
         <v>27</v>
       </c>
       <c r="L138" s="26">
         <v>45810.0</v>
       </c>
       <c r="M138" s="17" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="N138" s="22" t="s">
-        <v>748</v>
+        <v>756</v>
       </c>
       <c r="O138" s="22" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="P138" s="22" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="Q138" s="23"/>
       <c r="R138" s="17"/>
       <c r="S138" s="22" t="s">
-        <v>751</v>
+        <v>759</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="1">
         <v>138.0</v>
       </c>
       <c r="B139" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C139" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D139" s="17" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
       <c r="E139" s="17" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="F139" s="10" t="s">
-        <v>762</v>
+        <v>770</v>
       </c>
       <c r="G139" s="17" t="s">
-        <v>763</v>
+        <v>771</v>
       </c>
       <c r="H139" s="17" t="s">
         <v>47</v>
       </c>
       <c r="I139" s="17">
         <v>9.0</v>
       </c>
       <c r="J139" s="17" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="K139" s="17" t="s">
         <v>38</v>
       </c>
       <c r="L139" s="26">
         <v>45810.0</v>
       </c>
       <c r="M139" s="17" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="N139" s="22" t="s">
-        <v>748</v>
+        <v>756</v>
       </c>
       <c r="O139" s="22" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="P139" s="22" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="Q139" s="23"/>
       <c r="R139" s="17"/>
       <c r="S139" s="22" t="s">
-        <v>751</v>
+        <v>759</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="1">
         <v>139.0</v>
       </c>
       <c r="B140" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C140" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D140" s="18" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="E140" s="17" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="F140" s="9" t="s">
-        <v>764</v>
+        <v>772</v>
       </c>
       <c r="G140" s="17" t="s">
-        <v>765</v>
+        <v>773</v>
       </c>
       <c r="H140" s="17" t="s">
         <v>47</v>
       </c>
       <c r="I140" s="17">
         <v>7.0</v>
       </c>
       <c r="J140" s="17" t="s">
-        <v>766</v>
+        <v>774</v>
       </c>
       <c r="K140" s="17" t="s">
         <v>62</v>
       </c>
       <c r="L140" s="26">
         <v>45783.0</v>
       </c>
       <c r="M140" s="17" t="s">
-        <v>767</v>
+        <v>775</v>
       </c>
       <c r="N140" s="22" t="s">
-        <v>748</v>
+        <v>756</v>
       </c>
       <c r="O140" s="22" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="P140" s="22" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="Q140" s="23"/>
       <c r="R140" s="17" t="s">
-        <v>768</v>
+        <v>776</v>
       </c>
       <c r="S140" s="22" t="s">
-        <v>751</v>
+        <v>759</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="1">
         <v>140.0</v>
       </c>
       <c r="B141" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C141" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D141" s="18" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="E141" s="17" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="F141" s="10" t="s">
-        <v>769</v>
+        <v>777</v>
       </c>
       <c r="G141" s="17" t="s">
-        <v>770</v>
+        <v>778</v>
       </c>
       <c r="H141" s="17" t="s">
         <v>47</v>
       </c>
       <c r="I141" s="17">
         <v>8.0</v>
       </c>
       <c r="J141" s="17" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="K141" s="17" t="s">
         <v>27</v>
       </c>
       <c r="L141" s="26">
         <v>45810.0</v>
       </c>
       <c r="M141" s="17" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="N141" s="22" t="s">
-        <v>748</v>
+        <v>756</v>
       </c>
       <c r="O141" s="22" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="P141" s="22" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="Q141" s="23"/>
       <c r="R141" s="17"/>
       <c r="S141" s="22" t="s">
-        <v>751</v>
+        <v>759</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="1">
         <v>141.0</v>
       </c>
       <c r="B142" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C142" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D142" s="18" t="s">
-        <v>618</v>
+        <v>623</v>
       </c>
       <c r="E142" s="18" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="F142" s="10" t="s">
-        <v>771</v>
+        <v>779</v>
       </c>
       <c r="G142" s="17" t="s">
-        <v>772</v>
+        <v>780</v>
       </c>
       <c r="H142" s="17" t="s">
         <v>47</v>
       </c>
       <c r="I142" s="17">
         <v>12.0</v>
       </c>
       <c r="J142" s="17" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="K142" s="17" t="s">
-        <v>774</v>
+        <v>782</v>
       </c>
       <c r="L142" s="26">
         <v>45810.0</v>
       </c>
       <c r="M142" s="17" t="s">
-        <v>775</v>
+        <v>783</v>
       </c>
       <c r="N142" s="22" t="s">
-        <v>748</v>
+        <v>756</v>
       </c>
       <c r="O142" s="22" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="P142" s="22" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="Q142" s="23"/>
       <c r="R142" s="17"/>
       <c r="S142" s="22" t="s">
-        <v>751</v>
+        <v>759</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="1">
         <v>142.0</v>
       </c>
       <c r="B143" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C143" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D143" s="17" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="E143" s="17" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="F143" s="17" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="G143" s="17" t="s">
-        <v>776</v>
+        <v>784</v>
       </c>
       <c r="H143" s="17" t="s">
         <v>47</v>
       </c>
       <c r="I143" s="17">
         <v>9.0</v>
       </c>
       <c r="J143" s="17" t="s">
         <v>98</v>
       </c>
       <c r="K143" s="18" t="s">
-        <v>751</v>
+        <v>759</v>
       </c>
       <c r="L143" s="17" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="M143" s="17" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="N143" s="22" t="s">
-        <v>748</v>
+        <v>756</v>
       </c>
       <c r="O143" s="22" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="P143" s="22" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="Q143" s="23"/>
       <c r="R143" s="17"/>
       <c r="S143" s="22" t="s">
-        <v>751</v>
+        <v>759</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="1">
         <v>143.0</v>
       </c>
       <c r="B144" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C144" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D144" s="17" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="E144" s="17" t="s">
-        <v>777</v>
+        <v>785</v>
       </c>
       <c r="F144" s="10" t="s">
-        <v>778</v>
+        <v>786</v>
       </c>
       <c r="G144" s="17" t="s">
-        <v>779</v>
+        <v>787</v>
       </c>
       <c r="H144" s="17" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="I144" s="17">
         <v>8.0</v>
       </c>
       <c r="J144" s="17" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="K144" s="17" t="s">
-        <v>780</v>
+        <v>788</v>
       </c>
       <c r="L144" s="17" t="s">
         <v>129</v>
       </c>
       <c r="M144" s="17" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="N144" s="22" t="s">
-        <v>748</v>
+        <v>756</v>
       </c>
       <c r="O144" s="22" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="P144" s="22" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="Q144" s="23"/>
       <c r="R144" s="17"/>
       <c r="S144" s="22" t="s">
-        <v>751</v>
+        <v>759</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="1">
         <v>144.0</v>
       </c>
       <c r="B145" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C145" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D145" s="17" t="s">
-        <v>700</v>
+        <v>708</v>
       </c>
       <c r="E145" s="17" t="s">
-        <v>781</v>
+        <v>789</v>
       </c>
       <c r="F145" s="10" t="s">
-        <v>782</v>
+        <v>790</v>
       </c>
       <c r="G145" s="17" t="s">
-        <v>783</v>
+        <v>791</v>
       </c>
       <c r="H145" s="17" t="s">
         <v>47</v>
       </c>
       <c r="I145" s="17">
         <v>13.0</v>
       </c>
       <c r="J145" s="17" t="s">
-        <v>543</v>
+        <v>548</v>
       </c>
       <c r="K145" s="17" t="s">
-        <v>780</v>
+        <v>788</v>
       </c>
       <c r="L145" s="17" t="s">
         <v>50</v>
       </c>
       <c r="M145" s="17" t="s">
-        <v>542</v>
+        <v>547</v>
       </c>
       <c r="N145" s="22" t="s">
-        <v>748</v>
+        <v>756</v>
       </c>
       <c r="O145" s="22" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="P145" s="22" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="Q145" s="23"/>
       <c r="R145" s="17"/>
       <c r="S145" s="22" t="s">
-        <v>751</v>
+        <v>759</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="1">
         <v>145.0</v>
       </c>
       <c r="B146" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C146" s="18" t="s">
         <v>20</v>
       </c>
-      <c r="D146" s="18"/>
-[...3 lines deleted...]
-      <c r="F146" s="10"/>
+      <c r="D146" s="17" t="s">
+        <v>287</v>
+      </c>
+      <c r="E146" s="17" t="s">
+        <v>44</v>
+      </c>
+      <c r="F146" s="9" t="s">
+        <v>792</v>
+      </c>
       <c r="G146" s="17" t="s">
-        <v>784</v>
-[...2 lines deleted...]
-      <c r="I146" s="18"/>
+        <v>793</v>
+      </c>
+      <c r="H146" s="17" t="s">
+        <v>60</v>
+      </c>
+      <c r="I146" s="17">
+        <v>6.0</v>
+      </c>
       <c r="J146" s="17" t="s">
         <v>98</v>
       </c>
       <c r="K146" s="18" t="s">
-        <v>751</v>
+        <v>759</v>
       </c>
       <c r="L146" s="17" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="M146" s="17" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="N146" s="22" t="s">
-        <v>748</v>
+        <v>756</v>
       </c>
       <c r="O146" s="22" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="P146" s="22" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="Q146" s="23"/>
       <c r="R146" s="17"/>
       <c r="S146" s="22" t="s">
-        <v>751</v>
+        <v>759</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="1">
         <v>146.0</v>
       </c>
       <c r="B147" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C147" s="18" t="s">
         <v>20</v>
       </c>
-      <c r="D147" s="18"/>
-[...3 lines deleted...]
-      <c r="F147" s="10"/>
+      <c r="D147" s="17" t="s">
+        <v>374</v>
+      </c>
+      <c r="E147" s="17" t="s">
+        <v>794</v>
+      </c>
+      <c r="F147" s="10" t="s">
+        <v>420</v>
+      </c>
       <c r="G147" s="17" t="s">
-        <v>784</v>
-[...2 lines deleted...]
-      <c r="I147" s="18"/>
+        <v>795</v>
+      </c>
+      <c r="H147" s="17" t="s">
+        <v>47</v>
+      </c>
+      <c r="I147" s="17">
+        <v>8.0</v>
+      </c>
       <c r="J147" s="17" t="s">
         <v>98</v>
       </c>
       <c r="K147" s="18" t="s">
-        <v>751</v>
+        <v>759</v>
       </c>
       <c r="L147" s="17" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="M147" s="17" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="N147" s="22" t="s">
-        <v>748</v>
+        <v>756</v>
       </c>
       <c r="O147" s="22" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="P147" s="22" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="Q147" s="23"/>
       <c r="R147" s="17"/>
       <c r="S147" s="22" t="s">
-        <v>751</v>
+        <v>759</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="1">
         <v>147.0</v>
       </c>
       <c r="B148" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C148" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D148" s="18"/>
       <c r="E148" s="18" t="s">
         <v>9</v>
       </c>
       <c r="F148" s="10"/>
       <c r="G148" s="17" t="s">
-        <v>784</v>
+        <v>796</v>
       </c>
       <c r="H148" s="17"/>
       <c r="I148" s="18"/>
       <c r="J148" s="17" t="s">
         <v>98</v>
       </c>
       <c r="K148" s="18" t="s">
-        <v>751</v>
+        <v>759</v>
       </c>
       <c r="L148" s="17" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="M148" s="17" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="N148" s="22" t="s">
-        <v>748</v>
+        <v>756</v>
       </c>
       <c r="O148" s="22" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="P148" s="22" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="Q148" s="23"/>
       <c r="R148" s="17"/>
       <c r="S148" s="22" t="s">
-        <v>751</v>
+        <v>759</v>
       </c>
     </row>
     <row r="149" ht="15.75" customHeight="1">
       <c r="A149" s="40"/>
       <c r="J149" s="41"/>
       <c r="L149" s="42"/>
       <c r="M149" s="43"/>
       <c r="N149" s="44"/>
       <c r="O149" s="44"/>
       <c r="P149" s="44"/>
       <c r="Q149" s="42"/>
       <c r="R149" s="42"/>
       <c r="S149" s="45"/>
     </row>
     <row r="150" ht="15.75" customHeight="1">
       <c r="A150" s="46"/>
       <c r="J150" s="41"/>
       <c r="L150" s="42"/>
       <c r="M150" s="43"/>
       <c r="N150" s="44"/>
       <c r="O150" s="44"/>
       <c r="P150" s="44"/>
       <c r="Q150" s="42"/>
       <c r="R150" s="42"/>
       <c r="S150" s="45"/>
@@ -21081,61 +21171,61 @@
       <c r="S922" s="45"/>
     </row>
     <row r="923" ht="15.75" customHeight="1">
       <c r="J923" s="41"/>
       <c r="N923" s="45"/>
       <c r="O923" s="45"/>
       <c r="P923" s="45"/>
       <c r="S923" s="45"/>
     </row>
     <row r="924" ht="15.75" customHeight="1">
       <c r="J924" s="41"/>
       <c r="N924" s="45"/>
       <c r="O924" s="45"/>
       <c r="P924" s="45"/>
       <c r="S924" s="45"/>
     </row>
     <row r="925" ht="15.75" customHeight="1">
       <c r="J925" s="41"/>
       <c r="N925" s="45"/>
       <c r="O925" s="45"/>
       <c r="P925" s="45"/>
       <c r="S925" s="45"/>
     </row>
   </sheetData>
   <customSheetViews>
-    <customSheetView guid="{B49A04E4-785B-49DC-AF6D-905B37653C33}" filter="1" showAutoFilter="1">
+    <customSheetView guid="{836F3631-876B-4FC0-8130-3A0E7B97D9B4}" filter="1" showAutoFilter="1">
       <autoFilter ref="$A$1:$S$348">
         <sortState ref="A1:S348">
           <sortCondition ref="B1:B348"/>
           <sortCondition ref="I1:I348"/>
           <sortCondition ref="D1:D348"/>
           <sortCondition ref="E1:E348"/>
         </sortState>
       </autoFilter>
     </customSheetView>
-    <customSheetView guid="{D573F00F-8D31-4E05-87F5-4B46EB3A1CD4}" filter="1" showAutoFilter="1">
+    <customSheetView guid="{17D3C0FD-9BC2-4AE8-81DE-7F93C4DEEB5F}" filter="1" showAutoFilter="1">
       <autoFilter ref="$A$1:$S$348">
         <sortState ref="A1:S348">
           <sortCondition ref="B1:B348"/>
           <sortCondition ref="I1:I348"/>
           <sortCondition ref="D1:D348"/>
           <sortCondition ref="E1:E348"/>
         </sortState>
       </autoFilter>
     </customSheetView>
   </customSheetViews>
   <printOptions/>
   <pageMargins bottom="0.7874015748031497" footer="0.0" header="0.0" left="0.5118110236220472" right="0.5118110236220472" top="0.7874015748031497"/>
   <pageSetup paperSize="9" scale="50" orientation="landscape"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
   <sheetPr>
     <pageSetUpPr/>
   </sheetPr>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>